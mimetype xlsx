--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174577", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174577", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174578", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174578", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE , SAMSUNG, NOKIA E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA / SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174580", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174580", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.950,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174581", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174581", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174582", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174582", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.850,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174583", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174583", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174584", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174584", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174585", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174585", "APROX. 313 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174586", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174586", "APROX. 314 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174587", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174587", "APROX. 314 CELULARES E IPADS DIVERSOS, IPHONE, SAMSUNG MOTOROLA E OUTROS , VEJA DESCRITIVO DE ITENS - LOC. HORTOLÂNDIA/SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>