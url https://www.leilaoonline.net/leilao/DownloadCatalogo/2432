--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177130", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177130", "Plataforma Elevatória 20m JLG 600Aj - 4x4 - 2008 - 4.141Hrs ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176951", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176951", " Can-am Spyder RT-S 2014 - gasolina - funcionando - docs Ok - IPVA pago - Atenção: Recuperado de sinistro pequena monta")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176957", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176957", "Ford Ecosport Storm At 2.0 - 2020/2021 - Doc Ok - IPVA 2023 pago - Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176943", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176943", " Cherry Face 2011 - Gas. 4 portas -  Docs OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176928", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176928", " Lote de rodas e pneus - 2 rodas aro 14 com pneu, 2 rodas aro 15 com pneu - 4 pneus 235/75R15")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176958", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176958", " Sucata de compressor Scroll para ar condicionado - Panasonic C-SB373H9A - 60Hz, 380V - 2019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176930", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176930", " Suporte de filtro de ar - Com filtro - Diâmetro 200mm")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176929", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176929", " Lote com: 02 unidades de Suporte de filtro de ar - com filtro - Diâmetro 200mm")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176939", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176939", " Lote com: 12 cones para sinalização")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176937", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176937", " Lote com: 06 cones para sinalização")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176942", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176942", " Forno rotacional Self Cooking Center Scc201g - Engefood - acompanha carrinho auxiliar")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176936", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176936", " Rack de teto , suporte para escadas em carro - Ferro - Aprx 1m x 1,05m")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176941", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176941", " Lote com: 6 isoladores polimericos para alta tensão - EAP 138 Kv")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176940", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176940", " Lote com: 8 isoladores de polimericos para alta tensão - Eap 138 Kv")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176983", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176983", "Lote com: 07 Maletas em alumínio para ferramentas ( 35 x 20 x 10 cm) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176932", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176932", " Lote com: 500 unidades de Microtransponder Trovan Id103 Ruggedised - Sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176934", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176934", " Lote com: 500 unidades de Microtransponder Trovan Id103 Ruggedised - Sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176935", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176935", " Lote com 02 unidades -transformador à seco - 0,6Kva/5000Va 380/220V - 3 fases - 26x11x21 A // 380/220V - VA800 - 16x18x20a")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176938", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176938", " Kit de posições de Call center para 04 atendentes - Acompanha apoia pés e regulador de altura de mesa - D hauss - Unique - Não acompanha calha e nem parafuso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177129", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177129", "Maçarico para Brasagem portátil - Acompanha carrinho, mangueira, 3 bicos e botijão vazio")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176931", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176931", " Computador 24" Apple - Mouse e teclado original")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176944", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176944", " Computador 21" Apple - Mouse e teclado ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176956", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176956", " Bomba Hidráulica Hydraulik - Manual - P max 70Mpa - 4/3 Wegeventil")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177013", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177013", " Lote com: 100 pacotes de 200g de Estopas - 100% algodão - Cotlin")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176952", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176952", " Lote com: 10 uni. Botijão térmico de 5 Litros - Obba")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176946", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176946", " Lote com: 15 uni. Botijão térmico de 5 Litros - Obba")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176953", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176953", " Lote com: 04 rolos de fio para telefone de 500m")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176945", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176945", " Lote com: 05 rolos de fio para telefone de 400m")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176947", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176947", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem Uso")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176948", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176948", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem uso")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176949", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176949", " Lote com: 02 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Sem uso")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176950", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176950", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176954", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176954", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176955", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176955", " Lote com: 03 grades de proteção tipo Biombo - 06 módulos - Altura 900m - Usados")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177128", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177128", "Lote com: 134 tomadas externas - 10A")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177127", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177127", "Lote com: 45 martelos de unha com cabo - sem uso e usados")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176933", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176933", " Capô para Audi A3 - 2019 - avariado")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...1022 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177126", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177126", "Lote com: 03 rolos de corda - 30 metros cada")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>