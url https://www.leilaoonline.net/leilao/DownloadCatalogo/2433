--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174637", "410")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174637", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2018/2018; MOD. U60 CC03. - Nº 2758 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174634", "411")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174634", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2016/2016; MOD. U60 CC03. - Nº 3035 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174638", "422")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174638", " PLANTADEIRA; FAB. LS TRACTOR, ANO 2022; MOD. PLANTER E12045 - 0 HORA. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174619", "433")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174619", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2016/2016; MOD. U60 CC03. - Nº 2906 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174635", "436")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174635", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2016/2016; MOD. U60 CC03. - Nº 3034 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174623", "500")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174623", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2017/2017; MOD. U60 CC03. - Nº 2859 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174630", "604")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174630", " PA CARREGADEIRA; FAB. PW, ANO 2011/2011; MOD. - PWM 110. - Nº 395. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174636", "606")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174636", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2015/2015; MOD. U60 CC03. - Nº 2896 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174641", "608")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174641", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2012/2012; MOD. U60 CC03. - Nº 2708 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174642", "654")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174642", " COLHEDEIRA; FAB. JACTO ADVANCED, ANO 2000; MOD. 3 -CHALLENDER 4X4. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174622", "683")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174622", " COLHEDEIRA; FAB. JACTO, ANO 2007; MOD. ADVANCED K3. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174624", "684")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174624", " PULVERIZADOR COLUMBIA; FAB. JACTO, ANO 2002/2002; MOD. MF 2000. - Nº 2957. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174640", "719")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174640", " PLANTADEIRA, FAB.  AGRI-TILLAGE, ANO 2004; MOD. PPS 5000 TC 12/12/SLP. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174620", "723")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174620", " PLANTADEIRA; FAB. JUMIL 07 LINHAS, ANO 2007/2007. - Nº 2248. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174625", "734")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174625", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2017/2017; MOD. U60 CC03. - Nº 2657 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174639", "764")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174639", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2015/2015; MOD. PLUS LS P100C. - Nº 2312 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174631", "765")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174631", " PLANTADEIRA AGRICOLA, FAB. JUMIL, ANO 2013/2013; MOD. JM-3080 PD. - Nº 2628. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174621", "766")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174621", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2017; MOD. U60 CC03. - Nº 459 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174628", "791")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174628", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2015; MOD. U60 CC03. - Nº 458 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174627", "798")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174627", " COLHEDEIRA, FAB. CASEIII, ANO 2015/2015; MOD. CAFE COFFE EXPRESS 100. - Nº 1750. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174626", "802")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174626", " TRATOR DE RODAS, FAB. LS, ANO 2017/2017; MOD. LS PLUS 80C MEC. - Nº 2215. - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174633", "803")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174633", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2018/2018; MOD. U60 CC03. - Nº 2093 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174632", "823")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174632", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2018/2018; MOD. U60 CC03. - Nº 2549 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174629", "829")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/174629", " TRATOR DE RODAS; FAB. LS TRACTOR, ANO 2017/2018; MOD. U60 CC03. - Nº 2900 - LOC. PATROCINIO/MG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>