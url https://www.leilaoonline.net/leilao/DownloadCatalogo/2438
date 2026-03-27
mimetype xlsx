--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176584", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176584", "TRATOR FORD MOD. 6610 ANO 1996 - C/ CONCHA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177169", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177169", "MOTONIVELADORA  CATERPILLAR MOD. 120B ANO 1981 - BOMBA BOSCH-FERIO NAS 4 RODAS ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175310", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175310", "PÁ CARREGADEIRA  CATERPILLAR MOD. 924F ANO 1996 - COM AR CONDICIONADO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175311", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175311", "PÁ CARREGADEIRA  NEW HOLLAND MOD. 12B ANO 2009")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175307", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175307", " PÁ CARREGADEIRA JCB MOD. 214 ANO 2002 - PARA RETIRADA DE PEÇAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175312", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175312", "PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1996")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176696", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176696", "CONCHA PARA PÁ CARREGADEIRA CATERPILLAR 930")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176697", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176697", "CONCHA TRASEIRA PARA RETRO ILB90")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175308", "053")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175308", " PÁ CARREGADEIRA CATERPILLAR MOD. 930T ANO 1993")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175309", "054")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175309", " PÁ CARREGADEIRA MICHIGAN MOD. 75 HD ANO 1979 ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>