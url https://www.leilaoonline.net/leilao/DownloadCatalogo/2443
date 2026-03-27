--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -269,4923 +269,4311 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175527", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175527", "[ VÍDEO ] MAQUETE FERRORAMA  PROFISSIONAL,  ELÉTRICO, COMPOSTA POR COMPOSIÇÃO DE LOCOMOTIVA ALL, TRILHOS C/ TRAJETO EM TÚNEIS , PONTES E PAISAGENS, COMPOSTO TAMBEM POR MAQUETE DE EDIFÍCIO DE 18 ANDARES, VEÍCULOS E OUTROS ACESSÓRIOS, MESA DE CONTROLE C/ REGULAGEM DE VELOCIDADE E ACIONAMENTO DE MUDANÇ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>230,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175538", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175538", " LOTE CONTENDO 07 TVs , DE VÁRIAS MARCAS, POLEGADAS E MODELOS, LED, HDMI E OUTRAS, (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175546", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175546", "LOTE CONTENDO 07 TVs , DE VÁRIAS MARCAS, POLEGADAS E MODELOS, LED, HDMI E OUTRAS, (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175547", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175547", "LOTE CONTENDO 10 TVs , DE VÁRIAS MARCAS, POLEGADAS E MODELOS, LED, HDMI E OUTRAS, (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175548", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175548", "LOTE CONTENDO 03 TVs , PHILCO E SAMSUNG  LED, HDMI  (  P/ CONSERTO OU APROVEITAMENTO DE PEÇAS).")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175465", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175465", " 20 UNIDADES DE BERMUDAS MASCULINA MARCA POOL, ( SEM USO).")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175485", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175485", " CHURRASQUEIRA / DEFUMADOR EM INOX, MARCA CHURRASCO BRASILEIRO C/ RELÓGIO DE TEMPERATURA.( NO ESTADO)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175537", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175537", " LOTE CONTENDO 20 GARRAFÕES TÉRMICOS , VÁRIOS TAMANHOS, MODELOS CORES E MARCAS. ( NO ESTADO).")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175544", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175544", " LOTE CONTENDO DIVERSAS FERRAMENTAS, SENDO;  TRENAS, ALICATE PRESSÃO , BROCA DIAMANTADA DE PERFURATRIZ SDS MAX, SERROTE, MOSQUETÃO GANCHO OLHAL OUTROS , ( NO ESTADO), CONFORME FOTOS. ( M-03)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175528", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175528", " LOTE CONTENDO DIVERSAS FERRAMENTAS, SENDO;  TRENAS, ALICATE PRESSÃO , BROCA DIAMANTADA DE PERFURATRIZ SDS MAX, SERROTE, MOSQUETÃO GANCHO OLHAL OUTROS , ( NO ESTADO), CONFORME FOTOS. ( M-04)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175545", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175545", "LOTE COM DIVERSOS ITENS , SENDO 06 ESTABILIZADORES, MARCA SMS E APC, FONES DE OUVIDO JBL E SONY, PLACA E LEITORES DE COMPUTADOR E OUTROS.( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175549", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175549", " LOTE C/ 02 PC HP , 02 MONITORES HP E 02 TECLADOS LOGITECH, ( NO ESTADO CONFORME FOTOS.)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175550", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175550", " LOTE C/ 02 PC HP , 02 MONITORES HP E 02 TECLADOS LOGITECH, ( NO ESTADO CONFORME FOTOS.)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175478", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175478", " 20 UNIDADES DE BERMUDAS MASCULINA MARCA POOL, ( SEM USO).")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175551", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175551", " LOTE C/ 02 PC HP , 02 MONITORES HP E DELL TECLADOS LOGITECH, ( NO ESTADO CONFORME FOTOS.)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175554", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175554", " LOTE CONTENDO APROX. 140 UNIDADES DE BROCAS DIVERSOS TAMANHOS E MEDIDAS , ( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175553", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175553", " LOTE CONTENDO 20  UNIDADES DE BROCAS DIAMANTADA PARA PERFURATRIZ DIVERSOS TAMANHOS E MEDIDAS , ( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175555", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175555", " LOTE CONTENDO 55 FERRAMENTAS  PERFURATRIZ DIVERSOS TAMANHOS E MEDIDAS , ( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175471", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175471", " 20 UNIDADES DE BERMUDAS MASCULINA MARCA POOL, ( SEM USO).")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175557", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175557", " LOTE CONTENDO 20 UNIDADES DE ALICATE DE PRESSÃO, DIVERSAS MARCAS , ( NO ESTADO).")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175559", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175559", " LOTE CONTENDO 20 UNIDADES DE ALICATE DE PRESSÃO, DIVERSAS MARCAS , ( NO ESTADO).")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175524", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175524", " LOTE CONTENDO 05 PARES DE CALÇADOS , SENDO BOTINAS, DIVERSAS NUMERAÇÕES, (NOVOS SEM USO).")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175565", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175565", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES. (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175566", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175566", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES. (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176718", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176718", "[ VÍDEO ] LOTE ÚNICO CONTENDO DIVERSAS PRATELEIRAS, GÔNDOLAS, BALCÕES, CESTAS E OUTROS, CONFORME FOTOS E VÍDEO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177329", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177329", "03 UNIDADES DE  CAIXAS AMPLIFICADORA DE SOM, SENDO;  MARCA CSR MODELO: CSR3000A/USB-SD , MODELO: CSR5510USB, MODELO: CRS2500A, USB/ BLUETOOTH E CARD ,( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177335", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177335", "LOTE CONTENDO 02 CAIXAS AMPLIFICADORA DE SOM, SENDO;  MARCA ONEAL E PH ,( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175419", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175419", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175440", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175440", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175418", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175418", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175442", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175442", "[ VÍDEO ] LOTE CONTENDO 70 UNIDADES DE  BRINQUEDOS  COLECIONÁVEIS , VÁRIOS MODELOS, MARCAS  E TAMANHOS, CONFORME AS FOTOS, P/ COLECIONADORES  ( VÁRIOS SÃO RAROS).")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175469", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175469", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175420", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175420", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175474", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175474", "25 CAIXINHAS DE LÁPIS DE COR, SENDO 06 LÁPIS CADA, CONFORME FOTOS. ( SEM USO).")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175431", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175431", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175417", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175417", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175441", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175441", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175452", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175452", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175536", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175536", " Lote contendo 80 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175453", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175453", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175415", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175415", "COLEÇÃO CONTENDO 25 UNIDADES POUPANÇUDOS  COLECIONÁVEIS , VÁRIOS MODELOS, P/ COLECIONADORES   (VÁRIOS RAROS). C- 03")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175473", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175473", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175450", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175450", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175541", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175541", " Lote contendo 80 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175543", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175543", " LOTE CONTENDO DIVERSAS FERRAMENTAS, SENDO;  TRENAS, ALICATE PRESSÃO , BROCA DIAMANTADA DE PERFURATRIZ SDS MAX, E OUTRAS , ( NO ESTADO), CONFORME FOTOS. ( M-01)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175446", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175446", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175529", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175529", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175416", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175416", "COLEÇÃO CONTENDO 25 UNIDADES POUPANÇUDOS  COLECIONÁVEIS , VÁRIOS MODELOS, P/ COLECIONADORES   (VÁRIOS RAROS).")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175486", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175486", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175428", "058")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175428", "[ VÍDEO ] LOTE CONTENDO 25 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175438", "059")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175438", " LOTE CONTENDO 25 UNIDADES DE SPRAY REVELADOR METAL CHEK E EPOTCHECK")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175540", "060")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175540", " PALETE C/ DIVERSOS ROLOS DE MANGUEIRAS (NO ESTADO).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175427", "061")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175427", "[ VÍDEO ] LOTE CONTENDO 25 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175430", "062")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175430", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175542", "063")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175542", " LOTE CONTENDO 20 GARRAFÕES TÉRMICOS , VÁRIOS TAMANHOS, MODELOS CORES E MARCAS. ( NO ESTADO).")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175531", "064")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175531", " Lote contendo 80 unidades de Trenas de Diversas marcas e modelos, conforme fotos.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175532", "065")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175532", " LOTE CONTENDO 20 GARRAFÕES TÉRMICOS , VÁRIOS TAMANHOS, MODELOS CORES E MARCAS. ( NO ESTADO).")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175423", "066")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175423", "[ VÍDEO ] LOTE CONTENDO 25 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175434", "067")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175434", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175414", "068")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175414", " 01 Saco de 25kg de metalicato de sódio. (embalagem aberta).")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175435", "070")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175435", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175457", "071")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175457", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175448", "072")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175448", "[ VÍDEO ] LOTE ÚNICO, CONTENDO 01 PALETE C/ DIVERSAS LATAS DE TINTAS, GALÕES, BALDES, SOLVENTES, DIVERSAS CAIXAS C/ SPRAY, ADESIVOS, E OUTRAS SOBRAS, ITENS,  DIVERSOS.( NO ESTADO).")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175424", "073")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175424", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175444", "074")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175444", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175436", "075")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175436", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175437", "076")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175437", " LOTE CONTENDO 1,6 kg DE ARALDITE PROFISSIONAL; 03 kg DE ADESIVO EPÓXI VEDACIT COMPOUNT E 02 kg DE ADESIVO EPÓXI SIKADUR 31.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175422", "077")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175422", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175530", "078")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175530", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175511", "079")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175511", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175487", "080")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175487", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175426", "081")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175426", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175433", "083")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175433", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175470", "084")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175470", "[ VÍDEO ]  ANTIGA MONARK BARRINHA CIRCULAR ARO 14C/ DIVERSOS ACESSÓRIOS, P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175533", "085")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175533", " PALETE C/ DIVERSOS ROLOS DE MANGUEIRAS (NO ESTADO)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175488", "087")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175488", " 02 PRATELEIRAS TIPO COLMÉIA, MEDINDO 2,10 X 0,64, CONFORME FOTOS.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175489", "088")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175489", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175429", "089")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175429", "[ VÍDEO ] LOTE C/ APROX. 400 UNIDADES DE GELOUCOS ANTIGOS , PARA COLECIONADORES, VÁRIAS CORES E MODELOS (MUITOS SÃO RAROS).")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175490", "090")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175490", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175491", "091")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175491", " LOTE CONTENDO 300  BOLSAS TÉRMICA ORIGINAL SADIA PERDIGÃO, COM COSTURA REFORÇADA CAPACIDADE DE 15 QUILOS  ( sem uso). CONFORME FOTOS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175510", "092")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175510", " LOTE CONTENDO 45 PARES DE CALÇADOS, SENDO CHINELOS E SANDÁLIAS DE VÁRIOS MODELOS E TAMANHOS, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175507", "095")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175507", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175534", "097")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175534", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175456", "098")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175456", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175535", "099")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175535", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175466", "100")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175466", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175445", "101")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175445", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175492", "102")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175492", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175432", "107")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175432", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175468", "108")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175468", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175472", "110")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175472", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175493", "111")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175493", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175539", "112")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175539", " LOTE CONTENDO 20 UNIDADES DE  MOSQUETÃO GANCHO OLHAL ,( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175479", "113")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175479", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175475", "115")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175475", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175477", "117")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175477", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175482", "118")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175482", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175476", "119")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175476", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175443", "120")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175443", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175480", "121")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175480", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175439", "122")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175439", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175481", "123")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175481", " LOTE CONTENDO 50 UNIDADES DE  ITENS DE BIJOUTERIAS,  PEDRARIAS DE LUXO, BRACELETES, TIC-TAC ( PRESILHAS), PULSEIRAS, APLIQUES DE CABELO, TIARAS , ACESSÓRIOS , DIVERSOS MODELOS CONFORME FOTOS.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175552", "125")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175552", " LOTE C/ 01 TAMBOR GRANDE CONTENDO PARAFUSOS, PORCAS, ARRUELAS,  PRISIONEIROS, DIVERSOS TAMANHOS , MEDIDAS E MODELOS  APROX. 300 QUILOS, ( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175494", "127")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175494", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175458", "128")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175458", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175467", "129")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175467", " 50 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS: PORQUINHOS, COELHINHOS, BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175495", "131")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175495", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175496", "132")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175496", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175556", "133")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175556", " LOTE CONTENDO 07 TRENAS PROFISSIONAIS DE DIVERSAS MARCAS E TAMANHOS , ( NO ESTADO), CONFORME FOTOS.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175497", "134")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175497", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175483", "135")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175483", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175498", "136")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175498", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175499", "137")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175499", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175503", "138")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175503", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175502", "139")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175502", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175504", "140")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175504", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175484", "141")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175484", " LOTE CONTENDO 50 LATAS DE 1 LITRO  CADA, DE  REMOVEDOR 502 E LÍQUIDO PENETRANTE 302, MARCA METAL CHEK.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175501", "142")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175501", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175505", "143")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175505", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175506", "144")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175506", " LOTE CONTENDO 25 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175509", "145")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175509", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175413", "146")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175413", " 04 equipamentos Antigos para agricultura. Sendo: 01 Gradeado, 01 Arado, 01 Plantadeira e 01 Carpideira.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175411", "147")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175411", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175410", "148")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175410", " Lote Contendo 10 equipamentos de impressão e telefonia")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175412", "149")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175412", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175508", "151")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175508", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175515", "152")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175515", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175512", "153")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175512", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175514", "154")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175514", " Prateleiras e Nichos , no estado, conforte fotos.")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175513", "155")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175513", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175516", "156")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175516", " Porta de Vidro Jateado medindo 2,03 X 0,78, conforme fotos")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175517", "157")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175517", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175518", "158")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175518", " COLEÇÃO CONTENDO 31 CINZEIROS ANTIGOS, DIVERSOS MODELOS, EM PORCELANA FINA E VIDRO, PARA COLECINADORES. C-01")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175519", "159")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175519", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175521", "160")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175521", " COLEÇÃO CONTENDO 31 CINZEIROS ANTIGOS, DIVERSOS MODELOS, EM PORCELANA FINA E VIDRO, CERAMICA  E OUTROS ,PARA COLECINADORES. C-02")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175520", "161")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175520", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175522", "162")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175522", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175525", "163")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175525", " RADIOLA ANTIGA TIPO MALETA MARCA RADIANCE E DISCO ANTIGO DO FOFÃO, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175523", "165")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175523", " LOTE CONTENDO 12 LATAS DE MASSA PLÁSTICA BRANCA 400g CADA. ( No estado)")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175526", "167")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175526", " 102 UNIDADES DE FRASCOS DE COLA, SENDO: 90 TRANSPARENTE DE 473 ml CADA, 12 BRANCA DE 946 ml CADA. PARA USO PROFISSIONAL OU DOMÉSTICO")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175451", "169")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175451", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175455", "171")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175455", " Caloi Cross aro 20, Antiga da década de 1980, Original para Colecionadores")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175447", "172")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175447", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175421", "173")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175421", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175449", "174")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175449", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175425", "175")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175425", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...4350 lines deleted...]
-      </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175454", "176")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175454", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175558", "177")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175558", " LOTE CONTENDO 04 CAIXAS DE MADEIRA E 01 DE PAPELÃO C/ DIVERSOS SENDO; SPRAY, LUBRIFICANTES, SOLVENTES, TUBOS DE  SILICONES E OUTROS PRODUTOS  CONFORME FOTOS.")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175561", "178")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175561", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175560", "179")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175560", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175563", "180")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175563", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175562", "181")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175562", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175564", "182")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175564", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>