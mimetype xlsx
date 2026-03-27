--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175567", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175567", "TRATOR JOHN DEERE  7225J FROTA 52258 ANO:  2011   Série/Chassi :  1BM7225JPBH000549   Horímetro:  34472,3 COM AMASSADOS, CORROSÃO E INTERIOR DA CABINE COM AVARIAS. EQUIPAMENTO NÃO TESTADO;  conforme síntese anexo. NO ESTADO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175568", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175568", "TRATOR JOHN DEERE  7225J  FROTA 52252 ANO:  2011   Série/Chassi :  1BM7225JTBH000520   Horímetro:  35366,9 COM AMASSADOS, CORROSÃO E INTERIOR DA CABINE COM AVARIAS. FALTANDO PEÇAS. EQUIPAMENTO NÃO TESTADO;  conforme síntese anexo. NO ESTADO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>107.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175569", "011")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175569", " CAMINHÃO FORD/CARGO 1217 - BAU.  FROTA 1402 ANO:  2001 PLACA:  GXM3732 Série/Chassi :   9BFXTNAF61BB05873 MOTOR N.  30473699 Horímetro:  736,017.30 NÃO FUNCIONA, COM AVARIAS, COROSÃO E AMASSADOS. COMPRESSOR SERÁ RETIRADO. ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175570", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175570", " CAMINHÃO FORD/CARGO 2626 FROTA 1463 ANO:  2003 PLACA:  GZG9517 Série/Chassi :  9BFZTNYTX3BB27110 MOTOR N.  Horímetro:  752749 NÃO ESTÁ FUNCIONANDO, MOTOR QUEIMANDO, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175571", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175571", " CAMINHÃO FORD/CARGO 2626 FROTA 1466 ANO:  2003 PLACA:  GZG9515 Série/Chassi :  9BFZTNYT63BB27427  MOTOR N.  30494324 Horímetro:  323,644.10 NÃO FOI TESTADO, COM TANQUE, COM AVARIAS, CORROSÃO E AMASSADOS; ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>168</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>