--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175856", "19326")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175856", " BOMBA SUBMERSÍVEL MSO, MOD. SLURRY80 - 250 - 20CV; ANO 2021. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175857", "19329")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175857", " REBOQUE CASAGRANDE CC1, ANO 2008/2008, BRANCA. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175860", "19331")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175860", "APROX. 161 TUBOS EM PEAD CORR PLATIK; 250mm SRD13,6 PN 12,5 PE 100, ANO 2022. - LOC. CARAPICUÍBA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175859", "19333")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/175859", "APROX. 20 TONELADAS DE VERGALHÃO; DIVERSOS DIAMETROS. - ( LANCE POR KG) - LOC. TERESINA/PI")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2,20</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>