--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176482", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176482", "Chevrolet Jardineira Ano 1935 , RELÍQUIA para colecinadores. (no estado) conforme fotos. Documentação em ordem")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176439", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176439", " Moto ROKON Década de 1970,  Tracionada , tem estrutura de moto e tração integral nas duas rodas “moto-trator”,  Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176440", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176440", " Lambretta L.I  Década de 1960 Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176483", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176483", "[ VÍDEO ] Gramofone em funcionamento ano aprox. 1920. RELÍQUIA Para colecinadores.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176484", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176484", "Par de lanternas Originais Maverick, ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176442", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176442", " Lambretta L.I  Década de 1960 cor Branca e Vermelha,Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176444", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176444", " Lambretta L.D De Luxe, Cardan , Cor Branca e Azul,  Década de 1960 Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176754", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176754", "CHEVROLET CHEVETTE ANO 1990 (DOCUMENTOS EM ORDEM) EM FUNCIONAMENTO  RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176441", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176441", " Moto Jawa Década de 1960, Cor vermelha,  Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176450", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176450", " Moto Jawa Década de 1960, "Rabo Seco", Cor vermelha,  Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176448", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176448", "[ VÍDEO ] Triciclo Lambretta, Carroceria de madeira, tração traseira,  Década de 1960, Cor vermelha,  Sem Doc. Veic Ornamental, P/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176446", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176446", " Projeto de Moto Custon , Motor Honda 400cc  Década de 1980,  Sem Doc. Ornamental, P/ Restauração/ Exposição/ Eventos. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176443", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176443", " Lambreta  Xispa/Tork Década de 1970, Cor preta Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176451", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176451", " Lambreta Triciclo Carroceria de madeira c/ Tração Década de 1970, Cor azul Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176452", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176452", " Honda CB 400 Made Japan Década de 1980, Cor Vermelha e preta Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176447", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176447", "[ VÍDEO ] Moto Antiga JNA 125  Década de 1970, Cor vermelha Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176449", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176449", " Honda CB 450 Luxury Sport Cor Bordô  Década de 1990,  Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176458", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176458", " Honda CBR 450 Década de 1990, Cor preta Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176456", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176456", "  Suzuki Katana 125,  Década de 1990, Cor Vermelha Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176455", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176455", " Lambretta LI ( Carcaça)  Década de 1960, Sem Doc. Ornamental, P/ Restauração ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176445", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176445", " Lambretta Mod L.I ,  placa amarela , Década de 1960, Cor Vermelha Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176457", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176457", " Harley Davidson Motovi , (motor Honda 125)  Década de 1970, Cor branca Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176454", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176454", " Vespa Px 200  Década de 1980, Cor Vermelha  Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176453", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176453", " Lambretta Tork Década de 1970, Cor amarela Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176459", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176459", " Carcaça de Lambretta Tork Década de 1970, cor preta  Sem Doc. Veic Ornamental, P/ Restauração/ Exposição/ Eventos/ Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176460", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176460", "HONDA CB 550 FOUR  Ano 1976 ( em funcionamento) Documentação em Ordem, Relíquia P/ Colecionadores. ( No estado) conforme fotos.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>19.900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176461", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176461", "[ VÍDEO ] LOTE C/ GRANDE QUANTIDADE DE PEÇAS ANTIGAS ,/ ACESSÓRIOS DE MOTOS ANTIGAS LAMBRETTA VESPA , CICLOMOTORES E VEÍCULOS EM GERAL. RARIDADES , ITENS DIVERSOS PARA RESTAURAÇÃO OU COLECIONADORES. CONFORME FOTOS E VIDEO. ( AS PRATELEIRAS NÃO FAZEM PARTE DO LOTE)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176462", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176462", "CAMINHONETE LIMUSINE. DIESEL. ANO 1990. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176466", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176466", " Bicicleta Motorizada VeloSolex Made France Antiga década de 1960, RELÍQUIA para Colecionadores ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176469", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176469", " Móvel Antigo Chapeleiro madeira nobre c/espelho e gavetas, medindo:  2,00 X 0,95, para Colecionadores, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176467", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176467", " Poltrona Antiga de madeira nobre e de época, medindo aprox. 0,75 altura por 0,60 ,( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176468", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176468", " RÁDIO/RADIOLA VERTICAL, FHILIPS ANTIGO MEDINDO: 0,67x0,39x 0,15 RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176463", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176463", " Móvel Antigo/guarda alimentos em madeira nobre c/espelho e gavetas, medindo: 1,70 X 1,60 para Colecionadores, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176465", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176465", " Móvel Rústico Antigo/guarda alimentos madeira nobre c/ divisórias e gaveta medindo: 1,60 X 1,00para Colecionadores, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176464", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176464", " Escrivaninha Antiga de Madeira nobre medindo 1,30 x 0,55 X 0,80 c/ Cadeira.para Colecionadores, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176470", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176470", " Rádio transmissor RCA  RADIOTRONS  em madeira , medindo: 0,50 X 0,37 X 0,25  Antigo para Colecionadores, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176471", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176471", " RÁDIO/RADIOLA VERTICAL, FHILIPS ANTIGO RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176473", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176473", " BALANÇA ANTIGA, VISOR DE QUILOGRAMAS REDONDO, RELÍQUIA PARA COLECINADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176472", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176472", " CADEIRA DE DENTISTA  ANTIGA, PARA COLECIONADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176475", "049")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176475", " RADIOLA ANTIGA  CIDADES, MEDINDO:  1,10x0,95x 0,46  VERTICAL, ANTIGO RELÍQUIA PARA COLECIONADORES, ( NO ESTADO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176476", "050")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176476", " Lote único contendo: 01 carruagem articulada de madeira medindo 0,80 x 0,40x 0,30 , 01 vespa artesanal de metal,01 Calhambeque, 01 boneco Seninha, 01 caminhão bombeiro metal, Carro Spedd artesanal,  Fusca e 01 Kombi, ( no estado) conforme as fotos.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176474", "051")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176474", " Lote único contendo: 01 liquidificador marca Arno super , 01 Arno Supermix copos de vidro, originais, 01 Moringas de Cerâmica e 01 Bebedouro de porcelana, ( no estado) conforme fotos.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176477", "052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176477", " Extintor metal cobre medindo 0,60 altura por 0,20 de diâmetro. Marca Contra. Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...558 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176478", "053")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176478", " Lote de latas antigas, sendo: 11 latas , Leite em pó Glória  e outras conforme fotos Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...766 lines deleted...]
-      </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176479", "054")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176479", " Lote contendo 04 rádios antigos portáteis conforme fotos, Relíquia para COLECIONADORES ( no estado) conforme fotos")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176480", "055")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176480", " Lote contendo: 01 ventilador antigo, 01 microfone antigo e 01 Relógio com mecanismo a corda, Relíquia para COLECIONADORES ( no estado) conforme fotos.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176481", "056")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176481", " Balança antiga madeira e ferro, Relíquia para COLECIONADORES ( no estado) conforme fotos, obs: ( O vaso não faz parte do lote)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>