--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176524", "250")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176524", " SSG-031-2023 - PF1804 - PERFURATRIZ ATLAS COPCO, MOD. PV351, ANO 2008. - LOC. CANAÃ DOS CARAJAS/PA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176529", "251")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176529", " SSG-001-2023 - PF1002 - PERFURATRIZ ATLAS COPCO, MOD. ECM660, ANO 2007. - LOC. CANAÃ DOS CARAJAS/PA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176531", "252")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176531", " SLB-022-2023. - TRATOR ESTEIRA KOMATSU D61EX, ANO 2010. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176522", "253")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176522", " SLB-019-2023 - CAMINHÃO FORA DE ESTRADA, MOD. TRANSPORTE / 830E 1AC, ANO 2009. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.210.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176523", "254")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176523", " SLB-024-2023 - TRATOR ESTEIRA KOMATSU D375A, ANO 2009. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176526", "255")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176526", " SLB-023-2023 - TRATOR DE PNEUS KOMATSU WD600, ANO 2009. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176528", "256")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176528", " SLB-015-2023 - Torre de Iluminação Atlas Copco QLT M10 (GE24). - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176530", "257")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176530", " SLB-014-2023 - Torre de Iluminação Ingersoll Light Source (GE11). - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176527", "258")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176527", " SLB-013-2023 - Torre de Iluminação Ingersoll Light Source (GE03). - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176525", "259")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176525", " SLB-012-2023 - Torre de Iluminação Ingersoll Light Source (GE02). - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176486", "300")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176486", "OIA-006-2023- APROX. 241 ITENS , BUCHAS, MANTAS, PLACAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. OURILÂNDIA DO NORTE - PA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176487", "301")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176487", "OIA-007-2023 - APROX. 381 ITENS DIVERSOS, PARAFUSOS, ROLAMENTOS, RETENTORES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. OURILÂNDIA DO NORTE - PA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176488", "302")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176488", "OIA-024-2022- APROX. 892 ITENS , MANCAIS, PLACAS, VALVULAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. OURILÂNDIA DO NORTE - PA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176532", "303")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176532", "SLB-020-2023, APROX.198 ITENS , FUSIVEL , TERMINAL, PARAFUSOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Marabá/ PA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.304,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176533", "304")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176533", "SLB-021-2023 - APROX. 106 TELAS PEN NAO MET 1000T/H, 01 CILINDRO ACIONAMENTO. - LOC. Marabá/ PA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176534", "305")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176534", "SLB-MRO-007-2023-INV, APROX. 272 ITENS , PROTETOR, EIXO DIANTEIRO, LAMINA E OUTROS - LOC. Marabá/ PA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176540", "306")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176540", "SSG-027-2023-INV, APROX. 475 ITENS , FIXADORES, CONEXÕES , ROLAMENTOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. Canaã dos Carajás")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176541", "307")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176541", "SSG-028-2023-INV, APROX. 205 ITENS , RETENTOR, MANGUEIRAS, ANEIS E OUTROS - VEJA DESCRITIVO DE ITENS, LOC. Canaã dos Carajás/PA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176542", "308")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176542", "SSG-029-2023-INV, APROX. 136 ITENS , PORCAS, COTOVELOS, ARRUELAS E OUTROS-  VEJA DESCRITIVO DE ITENS - LOC. Canaã dos Carajás/PA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176550", "309")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176550", "SSG-030-2023-INV, APROX. 142 ITENS, CONJUNTO DE PARAFUSOS, MANGUEIRAS , JUNTAS E E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>566,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176551", "310")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176551", "SSG-032-2023-INV, APROX. 78 ITENS, BORRACHAS, TRANSMISSORES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás/PA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176552", "311")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176552", "SSG-033-2023-INV, APROX. 922 ITENS, COMNADOS , BUCHAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás/PA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>16.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176553", "312")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176553", "SSG-035-2023-INV, 122 ITENS, PLACAS , CORREIAS , FILTROS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176554", "313")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176554", "SSG-037-2023-INV, APROX. 59 ITENS, MANGUEIRAS, CONJUNTO DE REPAROS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás/PA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176555", "314")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176555", "SSG-038-2023-INV, - APROX. 227 ITENS, FILTRO AR, MANCAIS, PARAFUSOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176556", "315")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176556", "SSG-039-2023-INV, APROX. 90 ITENS, ELEMENTOS , ROLETES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176557", "316")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176557", "SSG-040-2023-INV, APROX.90 ITENS, PARAFUSOS , MANGUEIRAS , ANEIS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176558", "317")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176558", "SSG-041-2023-INV, APROX. 281 ITENS, RESPIROS, ANEIS, ARRUELAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA  ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176559", "318")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176559", "SSG-042-2023-INV, APROX. 162 ITENS, PARAFUSOS, CONJUNTO, LANTERNA E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176560", "319")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176560", "SSG-045-2023-INV, APROX. 257 ITENS, FILTROS, PARAFUSOS, DISCOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176561", "320")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176561", "SSG-046-2023-INV, APROX.109 ITENS, CONJUNTOS, FIXADOR, BATENTE E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176562", "321")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176562", "SSG-047-2023-INV, APROX. 380 ITENS, LAMPADAS, ARRUELAS , RETENTOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176563", "322")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176563", "SSG-048-2023-INV, APROX. 363 ITENS, PARAFUSOS, ANEIS, TANQUES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176564", "323")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176564", "SSG-052-2023-INV, APROX. 199 ITENS, AMORTECEDOR , RESPIROS ,VALVULAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176566", "324")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176566", "SSG-053-2023-INV, APROX. 688 ITENS, FIXADORES, COMPONENTES,E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176567", "325")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176567", "SSG-055-2023-INV, APROX. 336 ITENS, CALCOS, RETENTORES, FILTROS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176568", "326")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176568", "SSG-056-2023-INV, APROX. 268 ITENS, ANEIS, PLACAS , PLUGES E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176569", "327")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176569", "SSG-058-2023-INV, APROX. 270 ITENS, MANCAIS, TUBULAÇÃO , PARAFUSOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176570", "328")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176570", "SSG-059-2023-INV, APROX. 291 ITENS, FILTROS, PLACAS , VALVULAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176571", "329")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176571", "SSG-062-2023-INV, APROX. 143 ITENS, MOTOBOMBA HID 3P, ENGRENAGEM, VOLANTE E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100.200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176572", "330")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176572", "SSG-063-2022-INV, APROX. 426 ITENS, VALVULAS, MODULOS, MANGUEIRAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176573", "331")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176573", "SSG-064-2023-INV, APROX. 272 ITENS, BRACADEIRA DE ACO, DISJUNTOR, RELE E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.178,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176574", "332")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176574", "SSG-066-2023-INV, APROX. 478 ITENS, MANGUEIRAS, PORCAS, ARRUELAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176575", "333")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176575", "SSG-067-2023-INV, APROX. 139 ITENS, JUNTAS , MANGUEIRAS , BUJÃO, E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176576", "334")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176576", "SSG-068-2023-INV, APROX. 157 ITENS, CONEXAO COMPONENTE, ADAPTADOR, PERSIANAS  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176577", "335")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176577", "SSG-070-2023-INV, APROX. 304 ITENS, ROLAMENTO, BRACADEIRA, BOBINA  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176578", "336")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176578", "SSG-071-2023-INV, APROX. 144 ITENS, ANEIS, VENTILADOR, SENSORES  E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176579", "337")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176579", "SSG-072-2023-INV, APROX. 802 ITENS, LUVAS, ANEIS, BOBINAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176580", "338")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176580", "SSG-060-2023-INV, APROX. 243 ITENS, MANGUEIRAS, CALCOS, DISJUNTOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>753,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176581", "339")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176581", "SSG-061-2023-INV, APROX. 15 ITENS, CHAVEADOR, VALVULAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176582", "340")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176582", "SSG-073-2023-INV, APROX. 15 ITENS, CHAVEADOR, LAMPADAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176583", "341")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176583", "SSG-074-2023-INV, APROX.131 ITENS, ANEIS, PARAFUSOS , CALCOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. Canãa dos Carajás-PA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>