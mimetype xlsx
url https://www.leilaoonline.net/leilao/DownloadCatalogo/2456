--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176740", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176740", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P07 - REF. 1.03.008 NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176741", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176741", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P07 - REF. 1.03.013 NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176742", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176742", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P17 - REF. 1.01.010 - PORTAL NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176745", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176745", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P17 - REF. 1.01.012 - PORTAL NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176746", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176746", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P17 - REF. 1.01.015 - PORTAL NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176744", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176744", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P17 - REF. 1.01.022 - PORTAL NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176743", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/176743", " CAIXA COMPACTADORA DE LIXO ESTACIONÁRIA - P17 - REF. 1.02.006 - PLANALTO NECESSITAM DE REFORMA (REVISÃO), PARADAS HÁ ALGUM TEMPO.PODENDO FALTAR PEÇAS OU COMPONENTES NO ESTADO EM QUE SE ENCONTRAM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>