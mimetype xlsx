--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178439", "043")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178439", "veja o vídeo!! CHEVROLET/ONIX 10MT JOYE; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177183", "048")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177183", "VW/UP MOVE MB TSI; 2015/2016; PRETO; ALCO./GASOL.- FUNCIONANDO - FROTA J64")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178073", "049")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178073", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177180", "050")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177180", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178438", "051")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178438", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177178", "052")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177178", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178440", "054")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178440", "veja o vídeo!! FIAT/FIORINO IE; 2005/2005; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177179", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177179", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177184", "056")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177184", "veja o vídeo!! VW/KOMBI FURGÃO; 2009/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177171", "058")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177171", "veja o vídeo!! CHEV/TRAILBLAZER LT D4A; 2017/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 193.167,00")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>123</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>117.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178437", "059")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178437", "veja o vídeo!! I/MMC OUTLANDER COMFORT; 2017/2018; CINZA; GASOLINA - FUNC. - IPVA 23 OK - FIPE R$ 123.226,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177170", "060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177170", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177172", "061")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177172", "veja o vídeo!! I/NISSAN FRONTIER XGEAR; 2021/2022; PRETA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 26.100KM - FIPE R$ 233.845,00 ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>137.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178436", "062")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178436", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>123.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177181", "070")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177181", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177186", "200")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177186", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>144.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177185", "205")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177185", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177177", "210")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177177", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177176", "211")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177176", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>102.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177175", "212")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177175", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>101.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...281 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177173", "213")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177173", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>102.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177174", "215")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177174", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>