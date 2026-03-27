--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178483", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178483", " Lote com: 10.000 unid. Cabides diversos para lojistas - Na caixa - Sem uso")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178505", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178505", " Lote com: 1.500 unidades de Kit projetor Led para porta - automotivo")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178493", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178493", " Lote com: 200 Unidades de Analizador de água Itron")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178506", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178506", " Lote com: 50 unidades de Gabinetes Slim - Itautec")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178492", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178492", " Lote com: 02 unidades de Impressoras de etiquetas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178485", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178485", " Lote com: 06 unidades de Impressoras Não fiscais - Daruma DR 800")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178490", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178490", " Lote com: 12 unidades de Impressoras Não fiscais - Epson")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178489", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178489", " Lote com: 70 Unidades de Mini CPUs Diebold Para PDV - Completas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178494", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178494", " Lote com: 20 Unidades de Mini CPUs Diebold para PDV - Sem memória")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178498", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178498", " Lote com: 40 Unidades de Desktop - Diversas configurações")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178488", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178488", " Lote com: 03 unidades de Leitores de mesa Metrologic")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178487", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178487", " Lote com: 07 Unidades de All in One Positivo - HD500 - 4Gb memória - Completos funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178503", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178503", " All In One Lenovo Thinkcentre I5 - HD500 - 8Gb memória")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178501", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178501", " Lote com: 03 unidades Thin Cliente Dell I3-I5 - HD500 4 e 8 Gb memória")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178500", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178500", " Lote com: 12 Unidades de Desktop I3 - diversas configurações")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178495", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178495", " Lote com: 05 unidades de Notebook diversos - MAC/DELL - Para peças")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178496", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178496", " Lote com: 05 unidades Thin Client HP - diversos - testados")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178486", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178486", " Lote com: 17 unidades de monitores de 15" - Diversas marcas - funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178507", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178507", " Lote com: 06 unidades de monitores 19" - Dell/Acer - funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178491", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178491", " Lote com: 50 unidades de monitores diversos - para peças")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178497", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178497", " Lote com: 70 unidades de cabo de vídeo")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178504", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178504", " Lote com: 50 unidades de fontes para notebook/All in one - 19V - testadas")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178499", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178499", " Lote com: 12 unidades de monitores diversos tamanhos - Pequenos defeitos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178502", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178502", " Lote com: 40 unidades de impressoras não fiscais - Daruma DR 800")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178508", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178508", "Lote com: 20 unidades de Cpus HP - diversas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178509", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178509", "Lote com: 51 unidades de cpus - diversas marcas e configurações ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178510", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178510", "Lote com: 65 unidades de Cpus diversas")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178511", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178511", "Lote com: 10 unidades de All In One HP MS200 - com fonte - Funcionando")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>