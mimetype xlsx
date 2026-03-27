--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178009", "040")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178009", "CAMINHÃO VW/16.220; 1993/1993; BRANCA; DIESEL; MOTOR CUMMINS; CÂMBIO 6 MARCHAS - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178006", "049")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178006", "veja o vídeo!! VW/GOL 1.8; 2000/2001; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178588", "050")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178588", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178008", "051")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178008", "VW/FUSCA 1300; 1976/1976; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178010", "052")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178010", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178068", "053")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178068", "veja o vídeo!! GM/CORSA CLASSIC; 2003/2003; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178001", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178001", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>92.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178017", "056")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178017", "CAMINHÃO M. BENZ/L 1620; 1997/1997; BRANCA; DIESEL; BASCULANTE; DIFERENCIAL ROCKWEEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178007", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178007", "VW/PASSAT LS; 1975/1975; MARROM; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178003", "061")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178003", "veja o vídeo!! VW/PASSAT FLASH; 1987/1987; VERMELHA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178004", "065")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178004", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178011", "066")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178011", "GM/S10 2.4 D; 2001/2002; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178002", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178002", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178012", "071")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178012", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178005", "072")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178005", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178015", "073")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178015", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178014", "080")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178014", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178016", "081")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178016", "CAMINHONETE FORD/F100; 1973/1973; AZUL; DIESEL; MOTOR MERCEDES 608 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178013", "085")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178013", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...211 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178018", "086")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178018", "CAMINHÃO FORD/FORD F 4000; 1981/1982; AZUL; DIESEL; MOTOR MWM - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>