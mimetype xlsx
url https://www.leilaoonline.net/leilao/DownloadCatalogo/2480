--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2779 +269,2435 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178153", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178153", " Misturador de Propipropileno com capacidade de 2500 litros - Completo")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178155", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178155", " Flat Die")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178157", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178157", " Flat Die")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178159", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178159", " Redutor para extrusora relação 1x20")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178156", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178156", " Redutor para extrusora relação 1x20")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178180", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178180", " Auto Transformador - Trifásico 55 KVA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178160", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178160", " Louças Deca porta papel e porta sabonete, aproximadamente 100 peças")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178167", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178167", " Assento plástico Deca aproximadamente 35 peças")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178163", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178163", " 4 vasos e 2 mictórios - DECA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178162", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178162", " Correias diversas sem uso aproximadamente 500")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178188", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178188", " Misturador INOX completo")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178169", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178169", " Carrinho para transporte de peças de roletes")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178166", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178166", " Carrinho para transporte de peças de roletes")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178161", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178161", " Carrinho para transporte de peças de roletes")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178168", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178168", " Conectores Curva")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178174", "031")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178174", " Estufa para eletrodo - Sem Uso - aproximadamente 8 unidades")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178173", "032")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178173", " Bairra de Apoio em U - em INOX - 300x150 mm - aproximadamente 150 peças")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178179", "033")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178179", " Rolete para esteira - aproximadamente 120 peças")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178193", "034")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178193", " Prensa Hidráulica completa")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178165", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178165", " Serra Franho")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>575,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178195", "036")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178195", " Serra Franho")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>575,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178185", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178185", " Plaina - Curso de 500 mm - Morça e ferramental - Completa")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178164", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178164", " Serra de fita com solda")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178183", "039")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178183", " Unidade Hidráulica - Completa - com válvulas")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178181", "041")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178181", " Transferidor Hidráulico")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178177", "042")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178177", " Plataforma elevatória - Completa - Semi Nova")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178172", "043")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178172", " Unidade Hidráulica completa com trocador de calor")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178182", "044")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178182", " Unidade Hidráulica completa com motor 100 CV")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178175", "045")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178175", " Válvula Pneumática - Motor WEG - Linha 400")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178199", "046")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178199", " Unidade Hidráulica completa com motor 30 CV")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178186", "047")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178186", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178176", "048")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178176", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178190", "049")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178190", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178189", "050")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178189", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178194", "051")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178194", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178215", "052")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178215", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178178", "053")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178178", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178196", "054")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178196", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178214", "055")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178214", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178171", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178171", " Gaiola em Ferro- Base 1,20 cm - Altura 1,20 cm - Largura 1,20 cm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178197", "057")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178197", " Tanque INOX")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178212", "058")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178212", " Tanque INOX")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178192", "059")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178192", " Talha Manual - 5 Toneladas")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178191", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178191", " Carrinho de Mangueira")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178170", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178170", " Carrinho de Mangueira")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178204", "065")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178204", " Inversor de frequência - SEW - 10 HP")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178221", "066")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178221", " Mola de Porta - Marca Dorma - portas pesos de 50 kg (Modelo MA 200/2) 70 kg (Mproximadament4) aproximadamente 30 unidades")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178198", "067")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178198", " Inversor de frequência - Marca ABB - 25 HP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178203", "068")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178203", " Inversor de frequência - ABB - 15HP")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178222", "069")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178222", " Inversor de frequência - ABB - 15HP")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178202", "071")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178202", " Inversor de frequência - ABB - ACS 600 - 5HP")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178229", "072")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178229", " Componentes Eletrônicos")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178228", "073")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178228", " Bomba dosadora - lote com peças novas e semi usadas")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178220", "074")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178220", " Fontes, Relés, Controlador de temperatura, módulo de controle pneumático - Diversos equipamentos elétricos eletrônicos")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178216", "075")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178216", " MOINHO MARTELO - Boca de 800mm X 600mm - Motor 30cv - Rpm 1.760 - Sem painel")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178210", "076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178210", " Inversor de frequência - 1 HP - 380 V")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178184", "077")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178184", " Contatora - Stromberg - OKYM 630W22 - 900A")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178227", "078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178227", " Chave Seccionadora - Marca ABB - 630A")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178219", "079")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178219", " Chave Seccionadora - ABB - 400A")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178211", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178211", " Disco para cortar madeira - aproximadamente 200 peças")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178224", "082")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178224", " Fechaduras La Fonte - Assa Abloy - aproximadamente 29 unidades")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178206", "083")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178206", " Disjuntor Caixa Moldada - Schneider - 320 A")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178209", "085")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178209", " Dosador em inox pneumatico - Completo com válvulas")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178226", "086")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178226", " Talha eletrica 500kg")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178200", "087")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178200", " Troller")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178213", "088")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178213", " Disco de Freio FREMAX CARBON GOL / VOYAGE COD : BD 5298")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178187", "089")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178187", " Chave combinada 28 Aproximadamente 40 peças")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178218", "090")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178218", " Chave combinada 23 Novas - Aproximadamente 60 peças")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178223", "091")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178223", " Roldana em plastico para carrinho aproximadamente 50 peças")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178207", "092")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178207", " Esteira em INOX 4 m de comprimento, moto redutor SEW")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...2174 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179430", "093")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179430", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179423", "094")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179423", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179418", "095")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179418", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179421", "096")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179421", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179428", "097")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179428", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179424", "098")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179424", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179422", "099")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179422", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179427", "100")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179427", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179416", "101")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179416", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179429", "102")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179429", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179420", "103")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179420", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179426", "104")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179426", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179419", "105")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179419", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179425", "106")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179425", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179417", "107")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179417", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179431", "108")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179431", " CONJUNTO DE ESTUDO ELETRÔNICO ANALÓGICO - DIDATECH - unidade")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>