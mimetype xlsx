--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178448", "130")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178448", " FIAT DOBLO ESSENCE 7L E, ANO 2017/2017, BRANCA. - FR. 101070 - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178443", "131")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178443", " FIAT DOBLO ESSENCE 7L E, ANO 2017/2017, BRANCA. - FR. 101069 - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178644", "132")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178644", "FIAT DOBLO ESSENCE 7L E, ANO 2019/2020, BRANCA. - FR. 101092 - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178449", "133")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178449", " GM ZAFIRA ELEGANCE 2.0, ANO 2012/2012, PRATA. - FR. 101084. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178444", "134")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178444", " CHEVROLET SPIN 1.8L MT LT, ANO 2013/2014, PRATA. - FR. 101063. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178446", "135")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178446", " RENAULT DUSTER 2.0 D 4X4, ANO 2017/2017, BRANCA. - FR. 101076. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178445", "136")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178445", " FORD F-4000 G 4X4, ANO 2006/2006, BRANCA. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178451", "137")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178451", "17 NOTEBOOK'S DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.050,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178453", "138")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178453", "16 DESKTOP'S DIVERSOS, VEJA DESCRITIVO DE ITENS. - LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>