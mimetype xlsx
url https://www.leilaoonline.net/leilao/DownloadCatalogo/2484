--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178516", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178516", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178515", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178515", "( 5 itens) 1 Pistola elétrica de pintura sem uso + 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 8 colunas  de 2.40 mts de altura + 1 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178519", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178519", "2 pneus charrete aro 21. Raridade Sem uso. Medida 4.50-21")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178520", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178520", "[ VÍDEO ] Macaco jacaré hidráulico 3 toneladas, sem uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178529", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178529", "  ( 2 itens) 1 macaco hidropneumatico capacidade 35 toneladas   1 desforcimetro com 4 soquetes. Itens sem uso. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179612", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179612", "  ( 8 itens) 1 macaco hidraulico 16 toneladas, 1 farol automotivo, 5 kit reparo pneu sem camara completo, 1 pistola eletrica de pintura. Itens sem uso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179615", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179615", " ( 6 itens) 1 macaco hidraulico 20 toneladas, 3 kit reparo pneu sem camara completo, 1 esguicho pressao, kit produto limpeza, itens sem uso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179613", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179613", " ( 8 itens) 1 macaco hidraulico 20 toneladas, 3 pneus industriais, 3 luminarias, 1 bateria. Itens usados.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179617", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179617", " ( 4 itens)  1 macaco hidraulico 12 toneladas, 2 kit reparo pneus sem camara completo,  diversas calotas de porca de caminhao. Itens sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178521", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178521", "  Peças para piscina sem uso")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179618", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179618", " ( 3 itens) 1 macaco 3.5 toneladas hidraulico baixo sem uso, 3 gabinete de informatica  medida 40x54x67. Itens usados.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178526", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178526", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional   calibrador analógico  com bico de encher. itens sem uso.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178522", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178522", " Lote com aproximadamente 60 calotas de rodas automotivas")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178527", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178527", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional  Kit espatula truck com trava . itens sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178525", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178525", " ( 2 itens) 1 bazuca assentador de talão profissional   1 kit espatula truck p/ pneu sem camara de caminhao. Itens sem uso. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179616", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179616", " ( 8 itens) artesanato de mdf moto harley 3 com suporte de vinho e 5 com 2 bancos. Sem uso. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179614", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179614", " ( 4 itens) 2 pistola eletrica pintura   2 filtro automotivo itens sem uso. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178523", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178523", " ( 4 itens) 4 furadeira reversível pneumática Todos itens sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178513", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178513", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178518", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178518", "  2 pistolas de pintura eletrica sem uso. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...542 lines deleted...]
-      </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178517", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178517", "  1 pistola elétrica de pintura sem uso. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>