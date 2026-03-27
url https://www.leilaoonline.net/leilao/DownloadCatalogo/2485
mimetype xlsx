--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178530", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178530", " MOTO NXR150 BROS ES FROTA 734 ANO:  2013 PLACA:  OQU7H17 Série/Chassi :  9C2KD0550DR225833 MOTOR:  KD05E5D225833 km:  119341.4 OBS.O ESQUIPAMENTO ESTÁ PARADO DESTE DE 11/22 E PAROU FUNCIONANDO.; Maiores detalhes conforme síntese anexo. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178531", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178531", " CAVALO MEC. MOD. SCANIA G 440, 6X4.  FROTA 216001 ANO:  2014 PLACA:  OWZ 3939 Série/Chassi :  9BSG6X400E3847845 km:  458,132.00 EQUIPAMENTO NÃO TESTADO, POSSUI ARRANHADOS, AMASSADOS, CORROSÃO E COM AVARIAS. Maiores detalhes conforme síntese anexo. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178823", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178823", "CAMINHÃO FORD CARGO 2628 - 6X4.  IMPLEMENTO: N. 312001 FROTA 14100 ANO:  2011 PLACA:  NYA 8361 Série/Chassi :  9BFZEAZXXCBS99168   km:  238.428.2 NÃO ESTÁ FUNCIONANDO. COM AVARIAS, CORROSÃO E AMASSADOS;  Maiores detalhes conforme síntese anexo. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>