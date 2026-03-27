--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178577", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178577", " Escavadeira cx 220C , no estado que se encontra")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178578", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178578", " Porsche Macan , ano 2016 , prata , Blindada manta , com filme PPF , Rodas Aro 21” , pneus novos , aprox. 54.000 km")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178579", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178579", " Implemento peneira Hidraulica para escavadeira ! Semi nova , no estado que se encontra  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178580", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178580", " Implemento garra manipuladora de sucatas , operacional , no estado que se encontra")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178581", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178581", "[ VÍDEO ] Escavadeira hidráulica cx350 b , semi nova , ano 2013 , totalmente operacional , rodante 85% , no estado que se encontra ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>124</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>186.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178582", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178582", " Moto BMW GS 650 , ano 2016 , bom estado , no estado que se encontra ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178587", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178587", " Empilhadeira Yale GP050LX , ano 2014 , operacional , no estado que se encontra ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178583", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178583", " Empilhadeira GP050LX , ano 2014 , operacional.  No estado que se encontra")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178585", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178585", " Trator shantui sd 16 , com transmissão aberta ! Motor em ótimo estado , no estado que se encontra ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178586", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178586", " Trator shantui SD 16 , desmanchado , no estado que se encontra")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178584", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/178584", " Escavadeira jonh deere , operacional , no estado que se encontra")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180089", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180089", " Guindaste ano 2000 , operacional")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>171.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180085", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180085", " Mini Pá Carregadeira Série Sv 185. Acompanha concha, bombas e motores. Ano 2016")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180088", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180088", " Manipulador de sucata. Ano 2014. Com garra. Operacional")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180086", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180086", " Empilhadeira vx 70 , operacional ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180087", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180087", " Lote contendo diversas peças e componentes sem uso para escavadeiras e215B e cx 220 B")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180090", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180090", " Equipamento Guindaste , operacional , faltam pneus ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180659", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180659", "Peças para Komatsu PC 200 -6 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180661", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180661", "Peças para Komatsu PC 200 -6")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180660", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180660", "Peças para Komatsu PC 200 -6")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...20 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181557", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181557", " Torre de iluminação, falta peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181558", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181558", " Torre de iluminação faltando peças e partes , no estado que se encontra")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181559", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181559", " [ VÍDEO ] Grupo gerador motor Yanmar, funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181555", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181555", " Rompedor Atlas Copco 4100, operacional semi novo. Para escavadeira de 45 , 50 e 60 toneladas ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>320.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181556", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181556", " CAMINHÃO MERCEDES BENS ATEGO 1418 ANO 2007")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181554", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181554", " Empilhadeira 50MX , Yale , no estado que se encontra , torre em revisão , operacional , ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...542 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181561", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181561", "Empilhadeira 190vx , diesel  9 toneladas , operacional , torre duplex , no estado que se encontra ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>