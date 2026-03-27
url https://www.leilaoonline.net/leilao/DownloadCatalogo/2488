--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,3899 +269,3415 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179927", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179927", " Compressor com 25 metros de mangueira - Funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179923", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179923", " Macaco tipo jacaré ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179929", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179929", " Plaina Desempenadeira de bancada - Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179913", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179913", " Lavadora e aspirador - Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179921", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179921", " Prensa - 15 Ton. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179910", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179910", " Cavaletes e carrinhos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179909", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179909", " Serra de bancada - Funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179908", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179908", " Tupia 2 em 1 - Funcionando ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179937", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179937", " Mesa de apoio, caixa e bancos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179911", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179911", " Lote de Jardinagem - 22 peças - funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179940", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179940", " Lote com: 15 itens - Caixas, maletas, EPI's")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179941", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179941", " Jato de areia - 30x25cm - Funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179951", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179951", " Aparelho de Solda com 10Kg de eletrodos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179919", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179919", " Bancadas portáteis - Bigorna - Cavaletes ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179912", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179912", " Fresadora Manual - Funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179954", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179954", " Plaina desengrossadeira - Funcionando")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179943", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179943", " Motoesmeril - Funcionando")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179916", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179916", " Lote com: 06 morsas ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179948", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179948", " Morsas - Saca Polias - Esmeril - Funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179924", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179924", " Lote com: 02 lixadeiras - Funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179955", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179955", " Lote com: 02 Motoesmeril - Funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179950", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179950", " Lote com: 02 Lixadeiras - Funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179917", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179917", " Serra Fita - Funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179932", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179932", " Tupia - peças e acessórios - Funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179914", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179914", " Lote com: 02 lixadeiras - peças e acessórios - Funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179925", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179925", " Retífica - Furadeira e Serra - Funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179928", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179928", " Lixadeira e Serra - Funcionando ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179949", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179949", " Serras e Lixadeira - Funcionando")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179942", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179942", " Lote com: Compressor - furadeira - motoesmeril - acessórios - Funcionando ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179953", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179953", " Lote com: 03 conjuntos de tarrachas tigre ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179915", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179915", " Tarrachas Machos - Vários itens")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179930", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179930", " Rebitadores - Prensas - Acessórios ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179947", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179947", " Serra Fita - Funcionando")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179956", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179956", " Policorte Motomil - Funcionando")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179926", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179926", " Compressor - Macaco Jacaré - Funcionando")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179944", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179944", " Serra tico-tico Manual - Funcionando")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179945", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179945", " Serra e lixadeira - Funcionando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179934", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179934", " Lote com: 04 grampeadores")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179964", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179964", " Lote com: 11 unid. Serrote especial. ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179967", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179967", " Serrote Múltiplo português - Ramada")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179922", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179922", " Lote com: 110 peças - Serras e acessórios")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179959", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179959", " Solda - Soprador - Capacete - Funcionando")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179920", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179920", " Lote com: 05 peças: Bomba  - Cortadores")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179935", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179935", " Equipamentos eletrônicos ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179918", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179918", " Lote com: 07 Peças : Sargento")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179946", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179946", " Plaina de mão - Lixas - Polidores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179952", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179952", " Plainas - Sargentas - Peças Diversas")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179938", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179938", " Grampos Angulares - Manipulos - Peças")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179960", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179960", " Capacetes - EPI's - Luminária ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179976", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179976", " Gabarito - Grampos - Sargentos - Pregos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179957", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179957", " Parafusos - Rebites - Rodas - Etc.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179962", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179962", " Lote com: Afiador e 126 brocas - Funcionando")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179984", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179984", " Lote com: Afiador e 280 peças e brocas")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179995", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179995", " Lote com: 75 grampos e sargentos")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179994", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179994", " Lote com: 17 Sargentos diversos ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179981", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179981", " Lote com: 15 Sargentos diversos")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180000", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180000", " Lote com: 5 sargentos e 8 ferramentas ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179978", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179978", " Lote com: 12 morsas e 3 birgornas")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179936", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179936", " Brocas - Fresas - Peças de retíficas ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179958", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179958", " Pedras - Discos - Polidores - Peças Serra Copo")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179998", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179998", " Serras e brocas diversas")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179961", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179961", " Lote com: 90 itens de medições")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179988", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179988", " Aparelhos de medições - Perfuradores - Etc.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180002", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180002", " Lote com: 82 Limas diversas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179966", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179966", " Pedras e aparelhos para afiação profissional ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179963", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179963", " Espátulas - Estiletes - Aparelhos cirúrgicos diversos")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179969", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179969", " Vazadores - Alicates Profissionais - Grampos ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179974", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179974", " Saca Polias - Chaves especiais")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180009", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180009", " Lote com: 94 unidades - Chaves e formões")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179982", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179982", " Lote com: 75 unidades - Alicates especiais - Chaves - Escovas")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179965", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179965", " Tesouras - Kit marcadores - Rebitadores ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180006", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180006", " Lote com: 61 peças - Grifos - Chaves - Alicates")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179977", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179977", " Lote com: 52 unidades - marretas e martelos")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179983", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179983", " Lote com: 127 unidades - Chaves e peças")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179985", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179985", " Lote com: 44 unidades - chaves e alicates especiais")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180005", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180005", " Lote com: 15 unidades - Alicates solda vise grip")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179968", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179968", " Lote com: 28 unidades de alicates ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179973", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179973", " Lote com: 80 Itens para soldagem - peças")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180007", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180007", " Lote com: 76 peças - Chaves boca - estrela")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179979", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179979", " Organizadores - peças - chaves")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179971", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179971", " Lote com: 1 uni. Furadeira - 2 uni. Lixadeira - Funcionando")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179972", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179972", " Aparelhos diversos de borracharia - Funcionando ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179992", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179992", " Furadeira e grampeador - Funcionando ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179933", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179933", " Formões - Chaves - Maçaricos ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179980", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179980", " Retíficas - Acessórios - Dremel - Funcionando")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180003", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180003", " Retíficas - peças e acessórios - Dremel - Funcionando")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180008", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180008", " Serra e tupia - peças e acessórios - Funcionando")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179987", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179987", " Detector e peças - Funcionando")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180010", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180010", " Tupia - Funcionando")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179993", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179993", " Chaves especiais diversas ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180011", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180011", " Lote com: 50 unidades - Chaves de impacto - alicates - marcadores diversos")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179939", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179939", " Prensa")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179999", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179999", " Lote com: 02 bancadas com rodinhas ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179931", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179931", " Lote com: 07 peças - Bancada de ferramentas - organizadores - armários")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179975", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179975", " Conjunto corte e solda - Funcionando ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179991", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179991", " Armário de peças com rodinhas - 1.10 x 0.55 x 0.88 ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179989", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179989", " Furadeira com bancada - Funcionando ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179990", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179990", " Torno de bancada com peças e acessórios - Funcionando ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179997", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179997", " Lote com: 08 caixas organizadoras ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180004", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180004", " Torno de madeira - Funcionando ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179986", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179986", " Lote com: 24 organizadores - 2 armarinhos ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180001", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180001", " Soprador com acessório de succção - completo - Funcionando")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179996", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179996", " Lote com: 14 cadeiras e 3 mesas")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179970", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179970", " Bancada de ferramentas - 1.80 x 0.60 x 0.95")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181647", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181647", " Lote com: 2 armários de ferramentas 2,00x1,20x0,40 e 1 porta volumes 24 portas")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181640", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181640", " Lote com: 2 bancadas 2,00x0,80 e 1 bancada de 2,00x1,20")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181643", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181643", " Lote com: 1 bancada 1,95x0,80 e 1 bancada de 1,65x0,80")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181649", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181649", " Fresadora - Funcionando")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181645", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181645", " Fresadora - Funcionando")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181644", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181644", " Lote com: 1 curvador ,dobrador de cano e 1 prensa")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181646", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181646", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181642", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181642", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181641", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181641", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181648", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181648", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182159", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182159", "Bancada Marceneiro - 1,40 x 0,60")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182161", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182161", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182162", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182162", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182163", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182163", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182164", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182164", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...304 lines deleted...]
-      <c r="C33" s="4" t="inlineStr">
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182165", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182165", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D33" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...159 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...2878 lines deleted...]
-      </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182166", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182166", "Lote com: 10 banquetas ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>