--- v0 (2025-11-05)
+++ v1 (2026-03-27)
@@ -269,1883 +269,1651 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179345", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179345", " RETROESCAVADEIRA NEW HOLLAND – MODELO: LB 90 – ANO: 2009 – TRAÇÃO 4X2 NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179349", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179349", " BAÚ PARA UNIDADE MELOSA; BOM ESTADO DE CONSERVAÇÃO; TEM ARMÁRIOS; TAMBORES; RESERVATÓRIO DE ÓLEO E SUPORTES. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179346", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179346", " RETROESCAVADEIRA JCB – MODELO: 3C – ANO: 2011 – TRAÇÃO 4X4 OBS.: SEM MOTOR NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179348", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179348", " RETROESCAVADEIRA NEW HOLLAND – ANO: 2012 – TRAÇÃO 4X4. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179347", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179347", " BETONEIRA INDUSTRIAL; TRABALHANDO NORMALMENTE; COM MOTOR TRIFÁSICO; TODA REFORÇADA; FERRO FUNDIDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179350", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179350", " VASSOURÃO INDUSTRIAL – OPERACIONAL; PARA USO EM ASFALTO; OBS.: PRECISA TROCAR O REFIL DAS VASSOURAS NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179351", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179351", " FIAT SIENA 1.0 8V – ANO: 2008/2008; PL.: FINAL: 5;  COMPLETO; SEM DIREÇÃO; FUNCIONANDO; FLEX E GNV NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179352", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179352", " AMAROK CABINE DUPLA – TRAÇÃO: 4X4 – ANO: 2014 – COMPLETA; PL.: FINAL: 2; ; BANCOS DE COURO; *SOM ORIGINAL; RODAS DE LIGA LEVE; CÂMBIO MANUAL; DIESEL NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179353", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179353", " VW KOMBI – ANO: 2007/2008; PL.: FINAL: 7;  REFRIGERADA A ÁGUA; OBS.: SEM CÂMBIO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179354", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179354", " AMAROK CABINE SIMPLES – ANO: 2017 – TRAÇÃO 4X4; PL.: FINAL: 4;  CARROCERIA DE MADEIRA NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179355", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179355", " NISSAN FRONTIER XE – CABINE DUPLA – ANO: 2007 – TRAÇÃO: 4X4; PL.: FINAL: 5;  KM: 66800; OBS.: FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179358", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179358", " MÁQUINA CORTE DE PISO – MOTORES ELÉTRICOS E A GASOLINA – BOMBASVIBRADORAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179356", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179356", " LÂMINA PARA TRATOR AGRÍCOLA COMPLETA; COMANDO HIDRÁULICO; PISTÕES; LÂMINA EM ÓTIMO ESTADO; RECÉM-PINTADA. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179357", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179357", " VIBROACABADORA RODOVIÁRIA CIFALI – SUPER – MODELO: SA14; DESMONTADA; NÃO TEM MOTOR; COM CAIXA DE CÂMBIO; FALTANDO PEÇAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179361", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179361", " PLATAFORMA DE MILHO – MODELO: PLM5000 – 6 LINHAS DE 60 – ANO: 2005. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179362", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179362", " COLHEDORA DE CEREAIS – MODELO: 8040 – ANO: 1987. *SEM CABINE. *COM PLATAFORMA DE 6 LINHAS DE 60CM. *TOTALMENTE OPERACIONAL. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179360", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179360", " GARFO FLORESTAL TATU – ANO: 2010. *FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179363", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179363", " GARRA FLORESTAL PARA TRATOR MUNK – MARCA: SOU AGRICOLA – ANO: 2001. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179364", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179364", " COLHEDORA DE BATATAS E INHAME – ANO: 2012 – MARCA: INQUEDA. *FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179365", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179365", " ROTATIVA MISTURADOR GALVONIZADA – MARCA: BENPAR – MODELO: RRA2000 –  ANO: 2019.,  *SEM USO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179366", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179366", " CORTADOR ENLEIRADOR DE FEIJÃO 2.5 METROS – MODELO: CEIFLEX – MARCA: MIAC COLOMBO – ANO: 2006. *TOTALMENTE OPERACIONAL. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179369", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179369", " ARADO AIVECA DESARME AUTOMÁTICO – MODELO: A4 – MARCA: MASCHIETO – ANO: 1994 – 03 AIVECAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179367", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179367", " CONCHA PEGA TUDO – MARCA: SOU AGRÍCOLA – ANO: 1991. *FALTANDO PISTÃO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179368", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179368", " COLHEDORA DE FEIJÃO E AMENDOIM – MARCA: COLOMBO – MODELO: GR2740 – ANO: 1998. *FUNCIONANDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179372", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179372", " DISTRIBUIDOR DE FERTILIZANTES E CALCÁRIO – MARCA: STARA – MODELO: HÉRCULES – ANO: 2000. *FUNCIONANDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179373", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179373", " ROÇADEIRA DE ARRASTO – MARCA: AVARÉ – MODELO: SP1 – ANO: 1989. *FUNCIONANDO. *REVISADA. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179370", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179370", " PLANTADEIRA DE INHAME E BATATA – DUAS LINHAS DE HIDRÁULICO – ANO: 1995. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179371", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179371", " RECOLHEDORA E DEBULHADORA DE FEIJÃO – MARCA: MIAC – MODELO: MASTER, PLUS – ANO: 2000. *FUNCIONANDO. *COM CAÇAMBA GRANELEIRA DE TRANSBORDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179375", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179375", " RECOLHEDORA DE FEIJÃO SACARIA – MARCA: MIAC – MODELO: MASTER PLUS, SACARIA – ANO: 1999. *SEM RODAS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179374", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179374", " TANQUE DE ARRASTO – MARCA: FIDELIDADE. *REVISADO E FUNCIONANDO. *CAPACIDADE: 3.000 LITROS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179376", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179376", " CHORADEIRA DE ARRASTO – MARCA: INCOMAGRI – MODELO: DEZIN 4.000 – ANO: 2019. *CAPACIDADE: 4.000 LITROS. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179377", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179377", " ARADO DE 6 AIVECAS REVERSÍVEL – MARCA: INQUEDA – ANO: 2002. *PESADO E FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179378", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179378", " SUBSOLADOR DE HIDRÁULICO COM DESARME AUTOMÁTICO – 5 HASTES – MARCA: BALDAN. *FUNCIONANDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179381", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179381", " ARADO FIXO TATU 4 BACIAS – MARCA: TATU. *FUNCIONANDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179380", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179380", " SUBSOLADOR 7 HASTES FIXAS – MARCA: BUDNY – MODELO: 1900 – ANO: 2021. SEM USO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179379", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179379", " GRADE DE ARADO 28 DISCOS – MARCA: TATU – ANO: 2013. SEM USO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179382", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179382", " ARRANCADOR DE BATATAS DUAS LINHAS – MARCA: WANTANASA – ANO: 1995. *FUNCIONANDO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179384", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179384", " PLANTADEIRA DUAS LINHAS – MARCA: JUMIL – MODELO: 20 2s – ANO: 1990 NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179383", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179383", " CULTIVADOR HIDRÁULICO – MARCA: MASCHIETTO – MODELO: CM7 – ANO: 2011. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179385", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179385", " ESPIGADEIRA DE MILHO – MARCA: PENHA – MODELO: CLE 800 – ANO: 1995. *FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179386", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179386", " ROSCA SEM FIM PARA DESCARGA DE CEREAIS – MARCA: PINHARENSE – ANO: 1998. *SEM CARDAN. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179387", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179387", " PLANTADEIRA DE CEREAIS ALINHAS – MARCA: FRANKHAUSER – MODELO: PLANT. 4016 – ANO: 2002. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179388", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179388", " PLATAFORMA 6 LINHAS DE 60 – MARCA: CASE – ANO: 2002. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179390", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179390", " BATEDEIRA DE CEREAIS – MARCA: NOGUEIRA – MODELO: BC 30 JUNIOR – ANO: 2010. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179389", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179389", " DEMOLIDOR DE CUPIM – MARCA: FERROBRAZ – ANO: 2000. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179392", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179392", " GUINCHO HIDRÁULICO – MARCA: MARISPAN – ANO: 2019. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179391", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179391", " PERFURADOR DE SOLO COM DUAS BROCAS – MARCA: SR – MODELO: PSSR – ANO: 2021. *SEM USO. NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179393", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179393", " ESTEIRA TRANSPORTADORA COM 6 METROS – MOTOR DE 2 CAVALOS. *FUNCIONANDO NO ESTADO EM QUE SE ENCONTRA ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...84 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181917", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181917", "FORRAGEIRA – MARCA: CREMASCO – MÁQUINA PARA FAZER SILAGEM.  *12 FACAS. *COMANDO HIDRÁULICO. *POUCO TEMPO DE USO. *ÓTIMO ESTADO DE CONSERVAÇÃO. *TODA ORIGINAL – SEM SOLDAS. *FUNCIONANDO.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181918", "057")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181918", "ROÇADEIRA PARA TRATOR AGRÍCOLA.  *COMPLETA COM CARDAM. *POUCO TEMPO DE USO. *ÓTIMO ESTADO DE CONSERVAÇÃO. *BOA DE FACAS. *FUNCIONANDO.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181919", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181919", "GRADE ARADORA.  *COMANDO HIDRÁULICO. *BOM ESTADO DE CONSERVAÇÃO. *RODAS E COMANDO HIDRÁULICO OPERACIONAL.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181920", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181920", "ARADO REVERSÍVEL SANTA IZABEL 3 DISCOS = MODELO: R 326.  *DISCOS DO ARADO SEMINOVOS.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181921", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181921", "– FORRAGEIRA – MARCA: JF 90Z – MÁQUINA PARA FAZER SILAGEM.  *10 FACAS. *COMANDO HIDRÁULICO. *POUCO TEMPO DE USO. *ÓTIMO ESTADO DE CONSERVAÇÃO. *TODA ORIGINAL – SEM SOLDAS. *FUNCIONANDO.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...698 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181922", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181922", "PULVERIZADOR GASTANQUE – MARCA: JACTO – MODELO: CONDOR.  *TODO COMPLERTO. *ÓTIMO ESTADO DE CONSERVAÇÃO. *POUCO USO.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E60" s="5" t="inlineStr">
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181923", "062")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181923", "CARREGADEIRA COM 4.000 HORAS.  *100% OPERACIONAL.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181924", "063")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181924", "BATEDEIRA DE CEREAIS.  -  NUNCA FOI USADA. NO ESTADO. ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F60" s="4" t="inlineStr">
-[...190 lines deleted...]
-      </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181925", "064")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181925", "– ROLO CG11 – OPERACIONAL - NO ESTADO ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181926", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181926", "TANQUE PIPA – MARCA: FLANAR.  *SEMI-NOVO – MUITO CONSERVADO. NO ESTADO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>