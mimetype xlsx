--- v0 (2025-12-23)
+++ v1 (2026-03-26)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179448", "140")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179448", " CAMINHÃO VOLKSWAGEN 17.280 4X2 4P, ANO 2013/2013, BRANCO.(VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179436", "141")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179436", " CAMINHÃO VOLKSWAGEN. 17.250 E, ANO 2011/2011, BRANCO. (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179432", "142")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179432", " CAMINHÃO VOLKSWAGEN. 17.250 E, ANO 2011/2012, BRANCO. (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179435", "143")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179435", " CAMINHÃO FORD, F600, ANO 1976/1976, AZUL.(VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179434", "144")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179434", " CAMINHÃO FORD, F12000 L, ANO  1997/1997, BRANCO.(VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179441", "145")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179441", " REBOQUE FACCHINI, ANO 1996/1997; BRANCO.- LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179433", "146")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179433", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179443", "147")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179443", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179449", "148")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179449", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179450", "149")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179450", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179442", "150")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179442", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179439", "151")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179439", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179438", "152")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179438", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179447", "153")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179447", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179452", "154")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179452", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179451", "155")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179451", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179437", "156")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179437", "PRENSA ENFARDADEIRA. - CAP. 400 KG. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179444", "157")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179444", "PRENSA ENFARDADEIRA. - CAP. 1 TON. - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179445", "158")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179445", " COMPACTADOR FACCHINI 19M³, ANO 2016 . - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179446", "159")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179446", " COMPACTADOR FACCHINI 19M³, ANO 2014 . - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179440", "190")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/179440", " CAMINHÃO MERCEDES BENZ 1414, ANO 1996/1997, BRANCO. (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>