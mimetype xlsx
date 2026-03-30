--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/701", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/701", " FORD, ESCORT 1.0 HOBBY, 1995/1995, GASOLINA, VERMELHA, ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/700", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/700", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/699", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/699", " HYUNDAI, I 30 2.0, 2011/2012, PRATA, GASOLINA; APR0X. 55.000KM;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/703", "204")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/703", " VW, GOL CL, 1991/1991, GASOLINA, AZUL, TURBO LEGALIZADO; ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/749", "205")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/749", "I FORD RANGER XLT 11X; PRETA; 1998/1999; GASOLINA/GNV")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/704", "207")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/704", " IMP; RENAULT 19 RT, 1996/1996, GASOLINA, VERDE, ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/702", "208")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/702", " PEUGEOT/ PARTNER, ANO 2005/2006, BRANCA, GASOLINA/GNV; ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/705", "212")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/705", " GM/CLASSIC LS, ANO 2010/2011, COR BEGE, FLEX;")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/709", "214")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/709", " AUDI, SPORTBACK 2.0 TURBO, 2010/2010, PRATA, GASOLINA;")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/707", "216")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/707", " I, MITSUBISHI PAJERO GLS, 2001/2002, PRETA, DIESEL; ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>16.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/706", "218")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/706", " LAND ROVER; FREELANDER 2 SE; 2010/2010, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/708", "220")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/708", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA; ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>13.650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/710", "222")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/710", " VW, JETTA 2.5, ANO 2009/2009, COR PRETA, ALCO/GASOLINA; ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>