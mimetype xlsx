--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,4667 +269,4087 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186443", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186443", "Refrigerado Whirpool Gold 723 litros 110v (funcionando)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181882", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181882", " GM Omega 2004 - docs ok ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181888", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181888", " [vídeo] Honda Titan ESD - 2014")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181879", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181879", " [vídeo] Suzuki yes - 2008 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181892", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181892", " [vídeo] Honda Titan 150 - 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181877", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181877", " [vídeo] Shineray Jet 125 - 2015")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181878", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181878", " [vídeo] Honda Titan 150 - 2005")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181893", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181893", " Lote com: 1 motor de 300cv e 07 motores de 200 cv ( 6.300Kg) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181890", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181890", " Lote com: 70 itens de cozinha ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181904", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181904", " Lote com: Luminárias, seladora, pisos - 38 itens ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181883", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181883", " Lote com: Filtros, cadeados, grampeadores, diversos - 58 itens ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181894", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181894", " Lote com: Vinhos lacrados, Itens antigos , esculturas - 60 itens")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181899", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181899", " Lote com: Conchas marinhas verdadeiras ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181881", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181881", " Réplicas: Mosquetes em madeira e bronze - 58 e 44cm")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181886", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181886", " Réplica: Pistola Lefaucheux M 1858")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181889", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181889", " Réplicas: Garruchas em madeira e bronze ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181897", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181897", " Réplica: John Wilkes Boot")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181887", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181887", " Lote com: Organizadores, bolsas, fogão - 43 itens")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181891", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181891", " Carreta - 1,85 X 1,06 - Sem documentos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181880", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181880", " Anel de formatura - engenharia ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181884", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181884", " Xiaomi Poco F3 - 6Gb Ram - 128Gb armazenamento")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181885", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181885", " Galaxy S9 Plus - 6Gb Ram - 128 Gb armazenamento")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181901", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181901", " Relógio Orient - sem uso ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181906", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181906", " Relógio Orient - sem uso ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181898", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181898", " Relógio Orient - sem uso ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181895", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181895", " Lote com: 1 Citzen Eco Drive - 100m e 1 Seiko Divers 200m - 4 pulseiras")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181900", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181900", " Lote com: 02 relógios - Condor e Orient")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181907", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181907", " Lote com: 04 brinquedos em aço - Bicicletas 25 e 30cm")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181903", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181903", " Lote com: 06 brinquedos em metal - entre 14 e 18 cm cada")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181905", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181905", " Lote com: 04 brinquedos em aço - 20, 30 e 40 cm cada")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181902", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181902", " Lote com: brinquedos antigos - ludo, ferrorama, baralho")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181909", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181909", " Barco de montar antigo - Dinamarquês Lilla Dan")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181896", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181896", " Frigobar 50 L e panela de pressão - Funcionando ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181908", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181908", " Toca discos - Sem uso ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182160", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182160", "Lote com: 02 filtros UB -  2 Bombas de grande capacidade ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182167", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182167", "Esteira Athletic ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182168", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182168", "Medidor de temperatura e itens de laboratório ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182564", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182564", "Lote com: 03 barcos de madeira ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182566", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182566", "Lote com: 02 barcos de madeira")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182567", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182567", "Lote com: 10 itens antigos de ferro - helicoptero com 63cm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182568", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182568", "Lote com: 21 itens antigos de latão.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182583", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182583", "Lote com: 12 itens antigos ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182584", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182584", "Cachimbo de ópio antigo e objetos de latão ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182585", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182585", "Lote com: 05 canhões de madeira e latão ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182587", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182587", "Lote: 25 ferramentas antigas ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182588", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182588", "Quadro contendo - 14 peças - antigas")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182589", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182589", "Lote com: 03 quadros com 14 peças - antigas ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182590", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182590", "Quadro com 12 ferramentas - antigas ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182749", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182749", "Lote com: 13 luminárias antigas e 1 espelho ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182750", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182750", "Lote com: 05 luminárias antigas ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182751", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182751", "Lote com: 19 peças e instrumentos antigos ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182799", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182799", "Lote com: 26 ferramentas e peças antigas ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182802", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182802", "Lote com: 19 itens antigos ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182933", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182933", "Lote com: 12 peças antigas - relógio funcionando")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182934", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182934", "Lote com: 42 peças em latão ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182935", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182935", "Lote com: 43 itens antigos")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182936", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182936", "Câmeras e acessórios - antigos ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182937", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182937", "Computador antigo ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182938", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182938", "Lote com: 22 itens facas canivetes ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182959", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182959", "Lote com: 37 itens tesouras e facas ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183725", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183725", "Lote com: 55 peças em alpaca prata e banhados.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183726", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183726", "Lote com: 31 objetos antigos -peixes de artista plástico ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183727", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183727", "Lote com: 03 maçaricos e 01 lamparina antigos ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183747", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183747", "Lote com: 14 facas ,canivetes e navalhas antigas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183748", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183748", "Lote com: 04 balanças e 26 pesos antigos.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183749", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183749", "Espada e bengala antigas")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183750", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183750", "Lote com: 5 Isqueiros antigos 30 patch")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183751", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183751", "Babá Eletrônica - Importada Antiga")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183752", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183752", "Lote com: 7 itens - Áudio e vídeo ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183753", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183753", "Lote com: 6 celulares e 2 telefones antigos")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183755", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183755", "Lote com: 02 caixas de aneis chaveiros ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183757", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183757", "[vídeo] Mini Serra Minicraft - Peças e ferramentas ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183758", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183758", "Toalha Adulto - antiga - Bom estado ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183759", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183759", "Cameras e lentes - antigas ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183761", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183761", "Câmera Nikonos Com acessórios")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183762", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183762", "Câmera e filmadora antigas")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183764", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183764", "Lote com: 01 Câmera - 01 Palm top Dell")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183765", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183765", "Acessórios para câmera")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183834", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183834", "Camêras e acessório ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183835", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183835", "Lentes e acessórios para câmeras.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183836", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183836", "Câmera Canon")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184235", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184235", " Câmera Sony")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184262", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184262", " System Pioneer - Funcionando")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184258", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184258", " Aparelho de som gradiente - Funcionando")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184256", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184256", " Lote com: 04 rádios e 1 gravador - funcionando")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184232", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184232", " Conjunto 04 peças de som - Funcionando")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184238", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184238", " Home theater receiver 6.2 - 8 caixas - Funcionando.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184254", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184254", " Lote com: 2 brinquedos - funcionando. ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184244", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184244", " Lote com: 05 brinquedos")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184234", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184234", " Fliperama com chopeira - Tela 22. pol. ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184251", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184251", " Lote com: 03 bancos de bateria APC - sem uso")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184241", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184241", " Lote com: 03 bancos de bateria APC - sem uso")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184257", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184257", " Workstation HP z800 56 gb ram Nvidia 6000")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184264", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184264", " Workstation HP Z820 128gb ran Nvidia 6000")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184239", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184239", " Lote com: 8 videojet bosch VDJ8000 (mini hdmi)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184236", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184236", " Lote com: 12 placas antigas")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184233", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184233", " Lote com: 15 placas antigas")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184242", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184242", " Lote com: 22 bonecos tipo lego - sem uso")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184237", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184237", " Fogão - Antigo")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184249", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184249", " Bicicleta Peugeot - antiga")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184246", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184246", " Bicicleta Caloi 5 Jovem - antiga")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184250", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184250", " Bicicleta Freedom retro - sem uso ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184266", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184266", " Bicicleta Monark Canyon 1993 ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184267", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184267", " Lote com: 04 refletores antigos e 01 bandoleira")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184263", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184263", " Ventilador - Funcionando")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184260", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184260", " Lote com: Carregadores - calculadoras e itens diversos")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184240", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184240", " Lote com: 15 controles")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184277", "109")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184277", " Lote com: Diversos itens antigos ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184255", "110")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184255", " Lote com: 05 tripés e acessório ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184273", "111")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184273", " Equipamentos de ginástica e musculação ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184278", "112")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184278", " Lote com: 01 gravador e 01 rádio antigo ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184280", "113")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184280", " Lote com: 02 walkman - sony - antigos ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184243", "114")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184243", " Lote com: 02 gravadores antigos ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184282", "115")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184282", " Lote com: 02 cilindros de mergulho ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184247", "116")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184247", " Lote com: 07 roupas de mergulho - 01 blusa impermeável.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184284", "117")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184284", " Lote com: 02 coletes equilibradores - válvulas e acessórios ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184268", "118")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184268", " Lote com: Valvulas, óculos, marcadores e itens de mergulho")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184272", "119")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184272", " Lote com: 5 pares de pés de Pato pra mergulho")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184283", "120")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184283", " Lote com: itens diversos de pesca")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184261", "121")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184261", " Vitirine expositora refrigerada -1,90m - Funcionando")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184269", "122")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184269", " Lote com: 01 vaporeto e 01 aspirador. ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184279", "123")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184279", " Lote com: 05 vidros de baleiro e 01 lampião ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184248", "124")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184248", " Lote com: 2 quadros espelhados antigos 33x23cm")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184265", "125")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184265", " Lote com: 2 quadros espelhados antigos - 1 de madeira 33x23cm")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184271", "126")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184271", " Lote com: 2 quadros francês antigos 39x30 e 35x28 cm")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184275", "127")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184275", " Lote com: 3 obras antigas do artista plástico SHIH HWA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184253", "128")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184253", " Lote com: 1 quadro de papiro e 4 pinturas antigas")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184276", "129")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184276", " Lote com: 1 Quadro de Maurice Legendre Paris assinado e 3 quadros antigos")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184245", "130")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184245", " Lote com: 1 quadro Marilyn 90x60 e 2 de 57x49 cm - antigos")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184274", "131")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184274", " Lote com: 1 obra artista e 4 gravuras antigas")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184281", "132")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184281", " Lote com: Cama baú e criado mudo antigos - madeira estilo Francês")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184285", "133")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184285", " Mesa de centro roda de carro de boi antiga")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184270", "134")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184270", " Lote com: 3 móveis em madeira e couro antigos")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184259", "135")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184259", " Geladeira antiga - funcionando ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184252", "136")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184252", " Máquina de costura antiga - Funcionando")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...223 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E145" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184958", "137")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184958", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
-[...474 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184955", "138")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184955", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184957", "139")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184957", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184956", "140")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184956", " Lote com: 5 Contadoras de células ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184961", "141")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184961", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E49" s="5" t="inlineStr">
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184960", "142")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184960", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F49" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184959", "143")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184959", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E61" s="5" t="inlineStr">
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184964", "144")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184964", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F61" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E65" s="5" t="inlineStr">
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184963", "145")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184963", "Lote com: 10 banquetas ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F65" s="4" t="inlineStr">
-[...2846 lines deleted...]
-      </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184962", "146")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184962", "Lote com: 10 banquetas ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>