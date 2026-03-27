--- v0 (2025-11-29)
+++ v1 (2026-03-27)
@@ -269,1435 +269,1259 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180038", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180038", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>142.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180039", "027")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180039", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>63.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180035", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180035", "veja o vídeo!! JEEP/COMPASS LIMITED S; 2021/2021; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180071", "032")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180071", "veja o vídeo!! NISSAN/KICKS SV CVT; 2020/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 91.987,00")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180402", "036")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180402", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180064", "037")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180064", "veja o vídeo!! TRIUMPH/TIGER SPORT; 2017/2017; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180401", "039")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180401", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180042", "040")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180042", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2015; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180398", "041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180398", "veja o vídeo!! I/MMC OUTLANDER COMFORT; 2017/2018; CINZA; GASOLINA - FUNC. - IPVA 23 OK - FIPE R$ 123.226,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180059", "043")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180059", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180065", "044")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180065", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180036", "045")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180036", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>74.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180043", "046")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180043", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 34.400KM - FIPE R$ 113.669,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180051", "047")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180051", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180056", "048")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180056", "veja o vídeo!! HONDA/HR-V EXL CVT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 92.919,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180048", "050")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180048", "veja o vídeo!! HONDA/WR-V EXL CVT; 2021/2021; AZUL; ALCO./GASOL. - FUNC. - IPVA 2023 OK - FIPE R$ 102.182,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>57.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180037", "055")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180037", "veja o vídeo!! VW/T CROSS HL TSI AE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>67.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180044", "056")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180044", "veja o vídeo!! VW/T CROSS TSI ADA; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 19.100KM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>66.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180400", "057")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180400", "veja o vídeo!! VW/T-CROSS CL TSI AD; 2019/2020; MARROM; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK- APROX. 26.400KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180050", "060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180050", "veja o vídeo!! HYUNDAI/HB20S 16A VISION; 2019/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180072", "061")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180072", "veja o vídeo!! HYUNDAI/HB20X 16A FE.DIA; 2019/2020; VERDE; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 12.400KM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180416", "062")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180416", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180073", "065")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180073", "veja o vídeo!! HONDA/FIT EX CVT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 15.000KM - FIPE: R$ 88.962,00")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180058", "066")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180058", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 20.700KM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>52.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180057", "067")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180057", "veja o vídeo!! HONDA/FIT LX FLEX; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180054", "068")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180054", "veja o vídeo!! HONDA/FIT LX CVT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 7.000KM")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180047", "069")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180047", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180653", "070")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180653", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 21.500KM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180052", "072")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180052", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180046", "075")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180046", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180067", "076")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180067", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180041", "080")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180041", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180053", "085")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180053", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>32.835,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180055", "086")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180055", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>36.785,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180061", "090")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180061", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2014; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180399", "091")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180399", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180060", "095")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180060", "veja o vídeo!! TOYOTA/ETIOS HB XLS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180063", "100")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180063", "veja o vídeo!! VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180397", "101")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180397", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>41.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180049", "105")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180049", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>47.700,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180066", "110")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180066", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2010/2011; PRATA; ALCO.GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 72.000KM")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180068", "115")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180068", "CITROEN/C3 XTR 14 FLEX; 2011/2012; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180069", "120")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180069", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...1197 lines deleted...]
-      </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180070", "125")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180070", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>