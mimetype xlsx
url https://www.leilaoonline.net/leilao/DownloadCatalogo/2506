--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180083", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180083", "APROX. 1.714 ITENS, GAXETA KLINDER, PORCAS , ANÉIS, PLACAS, SENSORES, MOLAS, EIXOS E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC. LUÍS EDUARDO MAGALHÃES/ BA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180081", "106")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180081", "APROX. 260 ITENS. - FILTRO CAT 1R0722, FILTRO VOLVO 11110150, PARAFUSO CAT 5607; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PARANAGUA/PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180079", "107")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180079", "ICP - OES - PERKIN ELMER; MOD. OPTIMA 8000. - LOC. NOVA MUTUM/MT")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>8.700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>