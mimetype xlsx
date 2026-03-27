--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,4251 +269,3723 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181910", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181910", "HONDA CB 450 ANO 1985/1985 - GASOLINA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180450", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180450", " SERRA HORIZONTAL FRANHO; TIPO: S900; ANO: 1988; C/ MOTOR ELÉTRICO 3 CV")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180452", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180452", " ALIMENTADOR DE INJETORA PLAST-EQUIP.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180451", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180451", " PLAINA ZOCCA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180447", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180447", " SOLDADORA DE PLÁSTICO 220 VCA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180449", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180449", " VÁLVULA 177 KGF/CM²; 400 ºC")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180539", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180539", "SECCIONADORA - PARA CORTE DE MDF - HOMAQ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180495", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180495", " COZINHA INDUSTRIAL SEMINOVA ( BIFÊ QUENTE E FRIO / FREEZER / BANCADAS / PIAS / 3 FREEZER HORIZONTAL / PANELAS / FRITADEIRA / EXAUSTOR / FOGÃO / UTENSÍLIOS PARA COZINHA)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180448", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180448", " ELETROEROSÃO POR PENETRAÇÃO ENGESPARK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181091", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181091", "[ LANCES POR KG ] APROX. 23 TON. MATERIAIS DIVERSOS SENDO; ELETRODUTOS ROSCA SEM FIM, TUBOS E PORTA PALLETES")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180454", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180454", " GERADOR C/ MOTOR MERCEDES-BENZ; POT. 350 KVA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180453", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180453", " LIXADEIRA DE CINTA ILV; COM MOTOR ELÉTRICO 2 CV")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180505", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180505", "MÁQUINA DE SORVETE EXPRESSO -ITALIANINHA PREMIUM P2 - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180496", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180496", " PLAINA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180455", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180455", " ELETROEROSÃO POR PENETRAÇÃO EP; COM UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180493", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180493", " COMPRESSOR DE AR S/MOTOR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180490", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180490", " COMPRESSOR DE AR")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180456", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180456", " SERRA HORIZONTAL COM MOTOR WEG 3 KW")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180460", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180460", " ESMERIL/POLITRIZ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180489", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180489", " PRENSA CIOLA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180459", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180459", " PRENSA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180494", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180494", " PRENSA HIDRAULICA FOG")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180457", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180457", " TANQUE CILINDRICO HORIZONTAL EM INOX; CAP. APROX.: 2500 L")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180492", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180492", " SERRA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180458", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180458", " DOBRADEIRA MANUAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180491", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180491", " PRENSA 40 TON HARLO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180469", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180469", " ASPIRADOR DE PÓ INDUSTRIAL")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181092", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181092", "[ LANCES POR KG ] APROX. 25 TON - TARUGOS DE AÇO 1045 - MEDIDAS 10 E 20 CM DE COMPRIMENTO E 1,3/4 POLEGADAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180468", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180468", " TORNO REVÓLVER LOMBARDI")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180467", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180467", " COMPRESSOR DE AR DOUAT P.M. 10,5 ATM C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180461", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180461", " GELADEIRA C/ 6 PORTAS EM INOX FRILUX")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180472", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180472", " APROX. 600 REATORES INTRAL; MODELO POUP 2x16 W; 220 V E APROX. 30 LÂMPADAS CERA 35 W")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180464", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180464", " POLITRIZ S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180463", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180463", " APROX. 96 LÂMPADAS JNG LED (QUENTE) 5 W")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180470", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180470", " 1 ROLAMENTO NU 228 C3; 1 ROLAMENTO NU 1048 MC3; 1 ROLAMENTO 7324 40M; 1 ROLAMENTO S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180471", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180471", " 4 CAIXAS DE CHAVES COMBINADAS MAYLE DE 23 MM; 5 CAIXAS DE CHAVES COMBINADAS MAYLE DE 28 MM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180540", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180540", "PALETEIRA ELÉTRICA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180462", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180462", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181036", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181036", " SERRA HORIZONTAL FRANHO; TIPO: F320")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180465", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180465", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180466", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180466", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180478", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180478", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180475", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180475", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180479", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180479", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180473", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180473", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180476", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180476", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180477", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180477", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180474", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180474", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180507", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180507", " LIQUIDIFICADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180508", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180508", " LIQUIDIFICADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180506", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180506", " LIQUIDIFICADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180510", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180510", " LIQUIDIFICADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180509", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180509", " LIQUIDIFICADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180535", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180535", "10 un. Valvulas de segurança sendo ; 8 un mod. DN 40 e 2 un mod. DN 50)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180536", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180536", "Lote de Vávulas de segurança diversas bitolas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180537", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180537", "01 Filtro cesto 8" - 200 psi")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180538", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180538", "Valvulas borboletas ideal para silo de grãos 2" roscada")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181565", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181565", "[ LANCE POR KG ] APROX. 6,5 TON. DE PARAFUSOS DIVERSOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181566", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181566", "[ LANCE POR KG ] APROX. 8 TON. DE PARAFUSOS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181567", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181567", "LOTE DE COMPONENTES ELETRÔNICOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181635", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181635", "TORNO MECÃNICO MARCA IMOR")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180511", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180511", "MOEDOR / PICADOR DE CARNE")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180522", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180522", " MÁQUINA DE FAZER PLACAS DE ELETRÔNICOS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180524", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180524", " MÁQUINA DE FAZER PLACAS DE ELETRÔNICOS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180525", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180525", " FURADEIRA PARA PLACAS DE CIRCUITO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180523", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180523", " UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180438", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180438", " Envasadora em inox")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180439", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180439", " Unidade hidráulica")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181636", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181636", "MOINHO DE PLÁSTICO BOCA DE MÁQUINA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180481", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180481", " Retifica Zocca")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180480", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180480", " Serra Vai e Vem")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180482", "075")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180482", " Furadeira")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180517", "076")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180517", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180518", "077")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180518", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180519", "078")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180519", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180513", "079")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180513", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180514", "080")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180514", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180515", "081")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180515", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180512", "082")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180512", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180521", "083")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180521", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180520", "084")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180520", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180516", "085")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180516", " CESTO EXPOSITOR 1,20 DE LARGURA X 1,60 DE ALTURA -COM RODIZIOS - sem bag")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181637", "086")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181637", "COMPRESSOR 20 PES")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181864", "087")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181864", "APROX. 20 TON. DE MATERIAIS DIVERSOS (ELETROCALHAS, ROSCAS SEM FIM, TUBOS E OUTROS)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181866", "088")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181866", "APROX. 50 UN. DE LUMINÁRIAS SEM USO ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180441", "089")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180441", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180440", "090")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180440", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180442", "091")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180442", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180443", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180443", " Filtro para piscina")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180444", "094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180444", " Aprox. 200 reatores (sem uso) ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>3200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180526", "095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180526", " COMPRESSOR 10 PÉS, 75 LITROS, 2HP")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180527", "096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180527", " COMPRESSOR WAYNE 20PÉS, 256 LITROS, 5HP")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180528", "097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180528", " COMPRESSOR E 1 RESERVATORIO DE AR")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180532", "098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180532", " APROX. 1.200 UN. - FUZIVEIS RETARDADO, DIAZED , VARIAS AMPERAGENS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180529", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180529", " 02 VÁLVULAS GLOBO 6" - 600LBS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180531", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180531", " CONECXÕES SENDO ; 7 UN. TES 14' X 8' E 1 UN. TE 24" X 16"")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180530", "101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180530", " 05 CURVAS DE AÇO CARBONO, SENDO 3 UN. 16" E 2 UN. DE 10 "")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180486", "102")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180486", " JATO DE AREIA")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180483", "103")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180483", " SERRA CIRCULAR")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180533", "104")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180533", " 15 VALVULAS BORBOLETAS 12" - 150LBS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180534", "105")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180534", "03 VALVULAS GLOBO 6" 300 LBS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180487", "107")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180487", " ALIMENTADOR DE INJETORA (FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180488", "115")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180488", " 2 ESTEIRAS TRANSPORTADORAS; COMPR.: 1600 MM")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180484", "116")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180484", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180485", "117")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180485", " ESMERIL")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180446", "200")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180446", "1 Bicicleta elétrica ( falta módulo)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180421", "201")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180421", " aprox.  50 Fresas novas/ usadas")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...148 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180429", "206")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180429", " 02 GELADEIRAS EM INOX")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180430", "211")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180430", " APROX. 30 UNIIDADES DE FILTROS (SEM USO)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180437", "223")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180437", "Compressor de ar")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180431", "224")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180431", " FORNO MUFLA")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180432", "226")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180432", " MÁQUINA DE TESTE DE DUREZA")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180433", "247")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180433", "Equipamentos para cozinha industrial em inox - sendo 3 refrigeradores")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180434", "248")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180434", "Aprox. 30 peças de machos. Diversas medidas (sem uso)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180435", "257")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180435", " Aprox. 2,5 ton de vidros para expositores (tamanhos variados)")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180445", "258")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180445", "Cápsula Saúna a vapor sem uso")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180436", "260")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180436", "Plataforma elevatória. Aprox. 6 metros")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...185 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180498", "261")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180498", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180497", "262")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180497", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180504", "263")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180504", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180500", "264")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180500", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180502", "265")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180502", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180499", "266")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180499", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180503", "267")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180503", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180501", "268")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180501", " Aprox. 1.000 un. DISCO DE CORTE PARA SERRA CIRCULAR 110MM")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180422", "1012")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180422", " TURASK MOD. BRASILIA.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180423", "1138")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180423", " aprox. 350 unidades ganchos de segurança")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180424", "1156")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180424", " 7 un. escadas de madeira ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180426", "1167")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180426", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180425", "1168")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180425", " Forno tipo bambole em aço carbono")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...185 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180427", "1169")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180427", " Forno tipo bambole em aço inox")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...3358 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180428", "1174")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180428", " 7 secadores de mão. Ar quente e frio")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>