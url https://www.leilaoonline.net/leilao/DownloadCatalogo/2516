--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182477", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182477", "TRATOR CASE 2470 ANO 1983. MECÂNICA OPERACIONAL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180664", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180664", " TRATOR 50X. EM FUNCIONAMENTO, ANO 1973")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180666", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180666", " PLATAFORMA DE MILHO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180665", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180665", " ARADO REVERSÍVEL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180670", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180670", " GRADE INTERMEDIÁRIA 24X28")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180667", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180667", " LÂMINA NIVELADORA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180861", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180861", " Trator Ford 4600 com direção hidráulica e mais um jogo de pneus finos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180668", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180668", " ARADO REVERSÍVEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180672", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180672", " ARADO AIVEKA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180669", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180669", " CARRETÃO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180674", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180674", " CULTIVADOR DE CANA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180673", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180673", " ENRELHADOR DE PALHA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180860", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180860", " Trator Jonh Deere ano 2000")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180859", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180859", " Tampador de cana")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180863", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180863", " Pulverizador condor 800 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180858", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180858", " Roçadeira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180862", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180862", " Tanque pulverizador")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180856", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180856", " Calcareadeira 2.500")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180857", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180857", " Esparradeira de torta")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180855", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180855", " Pulverizador KO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180854", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180854", " Picadeira de cana")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>