--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180935", "070")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180935", "VW/PASSAT LS; 1975/1975; MARROM; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180934", "071")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180934", "veja o vídeo!! VW/PASSAT FLASH; 1987/1987; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180941", "080")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180941", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180946", "100")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180946", "veja o vídeo!! FORD/ECOSPORT XLT2.0FLEX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180942", "101")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180942", "veja o vídeo!! FORD/ECOSPORT XLT; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180936", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180936", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180938", "107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180938", "veja o vídeo!! I/HYUNDAI SANTA FE V6; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180952", "110")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180952", "PEUGEOT/206 14 PRESEN FX; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180953", "111")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180953", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180947", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180947", "VW/GOL CL 1.8; 1994/1994; VERDE; GASOLINA; MOTOR AP - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180944", "117")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180944", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180937", "120")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180937", "veja o vídeo!! GM/CORSA CLASSIC; 2003/2003; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180943", "121")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180943", "veja o vídeo!! GM/CORSA SEDAN PREMIUM; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180951", "123")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180951", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180945", "125")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180945", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180940", "127")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180940", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180950", "130")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/180950", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>