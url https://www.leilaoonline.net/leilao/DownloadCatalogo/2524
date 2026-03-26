--- v0 (2025-11-30)
+++ v1 (2026-03-26)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181550", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181550", "Transmissor de pressão Endress Hauser PMD75-5VV28/0")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181551", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181551", "Medidor de vazão e interruptor. Mod. DS01")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181552", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181552", "Transmissor de pressão Manométrica Marca SIEMENS. Mod: D-76181")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181344", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181344", "BETONEIRA. SEM MOTOR.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181936", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181936", "COMPRESSOR SCHULS MSL10/ ML175")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181345", "103")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181345", " EXAUSTOR DESUMIDIFICADOR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181346", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181346", " GERADOR DE ENERGIA À GASOLINA TOYAMA; CAP.: 7KVA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181347", "110")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181347", " VÁLVULAS CORTA CHAMAS DIVERSAS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>