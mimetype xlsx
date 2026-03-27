--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181374", "10000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181374", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001731. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181381", "10001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181381", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001390. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181402", "10002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181402", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001385. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181378", "10003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181378", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001710. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181401", "10004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181401", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001700. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181371", "10005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181371", " FIAT STRADA WORKING, ANO 2016/2016, BRANCO. - FR. 02001277. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181399", "10006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181399", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCO. - FR. 02001344. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181400", "10007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181400", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001734. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181396", "10008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181396", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCO. - FR. 02001365. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181395", "10009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181395", " FIAT STRADA WORKING, ANO 2016/2016, BRANCO. - FR. 02001289. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181375", "10010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181375", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001713. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181372", "10011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181372", " FIAT STRADA HD WORKING CC E, ANO 2018/2018, BRANCO. - FR. 02001338. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181410", "10012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181410", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001777. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181411", "10013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181411", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001779. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181380", "10014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181380", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001751. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181394", "10015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181394", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001742. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181406", "10016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181406", " FIAT STRADA HD WORKING CC E, ANO 2019/2019, BRANCO. - FR. 02001709. - LOC. IVNHEMA/MS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181412", "10017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181412", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001749. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181392", "10018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181392", " FIAT STRADA WORKING, ANO 2016/2016, BRANCO. - FR. 02001262. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181383", "10019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181383", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001753. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181379", "10020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181379", " CHEVROLET SPIN 1.8L AT LT, ANO 2019/2020, BRANCO. - FR.02001729. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181404", "10021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181404", " FIAT UNO WAY 1.0 E FLEX, ANO 2019/2019, BRANCO. - FR. 02001383. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181409", "10022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181409", " FIAT UNO WAY 1.0 E FLEX, ANO 2020/2020, BRANCO. - FR. 02001768. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181403", "10023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181403", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001730. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181384", "10024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181384", " FIAT UNO WAY 1.0 E FLEX, ANO 2019/2019, BRANCO. - FR. 02001382. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181388", "10025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181388", " FIAT DOBLO ESSENCE 7L E 1.8, ANO 2019/2020, BRANCO. - FR. 02001718. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181386", "10026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181386", " FIAT DOBLO ESSENCE 7L E 1.8, ANO 2019/2020, BRANCO. - FR. 02001719. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181405", "10027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181405", " FIAT DOBLO ESSENCE 7L E 1.8, ANO 2019/2020, BRANCO. - FR. 02001717. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181393", "10028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181393", " FIAT DOBLO ESSENCE 7L E 1.8, ANO 2019/2020, BRANCO. - FR. 02001720. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181385", "10029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181385", " FIAT DOBLO ESSENCE 7L E 1.8, ANO 2019/2020, BRANCO. - FR. 02001716. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181373", "10030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181373", " FIAT PÁLIO FIRE WAY, ANO 2016/2016, BRANCO. - FR. 02001274. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181387", "10031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181387", " FIAT PÁLIO FIRE WAY, ANO 2014/2015, BRANCO. - FR. 02001195. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181377", "10032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181377", " FIAT PÁLIO FIRE WAY, ANO 2014/2015, BRANCO. - FR. 02001186. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181389", "10033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181389", " VOLKSWAGEN KOMBI LOTAÇÃO, ANO 2013/2014, BRANCO. - FR. 02001109. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181398", "10034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181398", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001733. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181408", "10035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181408", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001735. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181390", "10036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181390", " FIAT STRADA HD WORKING CC E, ANO 2018/2019, BRANCO. - FR. 02001376. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181407", "10037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181407", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001736. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181397", "10038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181397", " FIAT PÁLIO FIRE WAY, ANO 2014/2015, BRANCO. - FR. 02001190. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181413", "10039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181413", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001758. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181376", "10040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181376", " FIAT STRADA WORKING, ANO 2016/2016, BRANCO. - FR. 02001258. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181391", "10041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181391", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001732. - LOC.  IVINHEMA/MS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181382", "10042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181382", " FIAT STRADA HD WORKING CC E, ANO 2020/2020, BRANCO. - FR. 02001744. - LOC. IVINHEMA/MS")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>