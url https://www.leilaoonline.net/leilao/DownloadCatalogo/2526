--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181459", "031")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181459", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - APROX. 13.000KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181654", "034")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181654", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181457", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181457", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181461", "036")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181461", "I/TOYOTA HILUX CDLOWM4FD; 2016/2017; PRATA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>134.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181657", "039")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181657", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181460", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181460", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181541", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181541", "veja o vídeo!! GM/BLAZER ADVANTAGE; 2007/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181471", "046")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181471", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181711", "048")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181711", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 20.700KM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181656", "050")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181656", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181456", "051")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181456", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181712", "052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181712", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181454", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181454", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181655", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181655", "veja o vídeo!! I/VW JETTA AF; 2019/2019; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181455", "055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181455", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181710", "057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181710", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181458", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181458", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO - APROX. 43.900KM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>55.150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181462", "070")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181462", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181470", "071")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181470", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181469", "200")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181469", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>112.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181468", "205")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181468", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181467", "210")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181467", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181466", "211")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181466", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181465", "212")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181465", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...601 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181463", "213")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181463", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181464", "215")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181464", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>98.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>