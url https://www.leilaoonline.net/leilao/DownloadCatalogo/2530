--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181927", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181927", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182448", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182448", "HONDA/FIT LX FLEX; 2013/2014; PRATA, ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182113", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182113", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182474", "017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182474", "I/LR EVOQUE DYNAMIC 5D; 2014/2015; BRANCA; GASOLINA - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181875", "020")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181875", "veja o vídeo!! TOYOTA/ETIOS HB X; 2015/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182098", "025")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182098", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182328", "027")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182328", "VW/GOL 1.6L AF5; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182099", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182099", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182096", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182096", "veja o vídeo!! I/CITROEN C4PIC EXC A 7L; 2008/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182114", "036")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182114", "CITROEN/C3 XTR 14 FLEX; 2011/2012; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181932", "040")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181932", "veja o vídeo!! HYUNDAI/HB20S 1.6M COMF; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182115", "045")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182115", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182092", "050")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182092", "veja o vídeo!! FORD/ECOSPORT XLT2.0FLEX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182095", "051")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182095", "veja o vídeo!! FORD/ECOSPORT XLT; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182111", "065")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182111", "veja o vídeo!! TRIUMPH/TIGER SPORT; 2017/2017; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182112", "070")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182112", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...397 lines deleted...]
-      </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182097", "075")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182097", "YAMAHA/MT-03; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.850,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>