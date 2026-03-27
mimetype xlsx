--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181856", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181856", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>129.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181837", "031")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181837", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2021/2022; BRANCA; DIESEL - FUNC. - IPVA 2023 OK - APROX. 13.000KM - FIPE R$ 263.987,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>184.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181841", "034")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181841", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181836", "035")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181836", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182094", "037")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182094", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 24.300KM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>82.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181838", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181838", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182093", "043")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182093", "veja o vídeo!! HYUNDAI/HB20X 16A FE.DIA; 2019/2020; VERDE; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 12.400KM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182157", "044")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182157", "veja o vídeo!! HYUNDAI/HB20 10M VISION; 2022/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181840", "045")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181840", "veja o vídeo!! GM/BLAZER ADVANTAGE; 2007/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181839", "046")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181839", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>48.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182154", "050")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182154", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181835", "051")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181835", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181843", "052")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181843", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181842", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181842", "veja o vídeo!! I/VW JETTA AF; 2019/2019; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181834", "055")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181834", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181844", "060")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181844", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO - APROX. 43.900KM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181845", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181845", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181853", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181853", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181852", "200")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181852", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>111.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181851", "205")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181851", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181850", "210")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181850", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181849", "211")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181849", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181848", "212")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181848", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...196 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...377 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181846", "213")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181846", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181847", "215")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/181847", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>