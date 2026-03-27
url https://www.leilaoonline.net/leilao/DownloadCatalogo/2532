--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182553", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182553", " Telas em aço inox - Aproximadamente 700 Kg - Preços por Kg.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.190,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182552", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182552", " Formas em Aço inox - Aproximadamente 4.000 Kg. - Preços Por Kg.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182550", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182550", " Sucata de cobre com capa - Aproximadamente 1.250Kg - Preços por Kg.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182551", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182551", " Sucata de cobre sem capa - Aproximadamente 1.200Kg - Preços por Kg.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>33.840,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182549", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182549", " Sucata de refratário - Material proveniente de troca de revestimentos de fornos - Aproximadamente 200 toneladas. - Preço por Kg.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182555", "013")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182555", " Lote de matéria Prima Carepa - código 1110027 - Peso do lote: 214.918Kg  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>0,10</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182556", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182556", " Lote de matéria Prima Hematita - código 1110040 - Peso do lote: 13.555Kgs  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>0,10</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182554", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182554", " Lote de matéria Ilmenita Aluvionar - código 1110163 - Peso do lote: 129.340 Kgs  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>0,10</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>