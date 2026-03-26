--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184526", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184526", " Aproximadamente 210 Kg de eletrodo para solda")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184546", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184546", " Aproximadamente 210 Kg de eletrodo para solda")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184530", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184530", " Aproximadamente 210 Kg de eletrodo para solda")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184542", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184542", " Aproximadamente 210 Kg de eletrodo para solda")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184529", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184529", " Aproximadamente 210 Kg de eletrodo para solda")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184543", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184543", " Lote com: aproximadamente 120 lâmpadas automotivas - sem uso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184548", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184548", " Lote de varetas de solda prata 0,747 gramas de  vareta solda prata com 45% de prata bitola de 1/8")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184532", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184532", " Lote de graxetas industriais diversas - Aproximadamente 50 Kgs de graxetas industriais - varias medidas. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184545", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184545", " Lote de arame mig especial aproximadamente 145 Kgs ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184538", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184538", " Lote de eletrodo especial - Aproximadamente 180 Kg")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...206 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184547", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184547", " Lote de eletrodo de bronze - Aproximadamente 30 Kg ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184527", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184527", " Lote de correntes: 10 metros de corrente dupla asa 40 - 10,62 metros de corrente asa 60 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184541", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184541", " Lote de peças industriais - Serra não inclusa")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184536", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184536", " Lote diversos itens")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184534", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184534", " Lote com: 06 peças de furadeira profissional bosch ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184533", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184533", " Aproximadamente 100 Kgs de vareta tig especial ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184528", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184528", " Lote de materiais diversos")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184544", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184544", " Mercadorias diversas")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184540", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184540", " Lote com: 32 tochas mig reformadas pronta para o uso, nãoacompanha bico, boca difusor e guia espiral. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184531", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184531", " Lote com: 01 cilindro civemasa tatu marchesn - 01 cilindro case, 02 cilindros motocana, 02 caixa de transmissão antoniosi - Sem uso ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184539", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184539", " Lote com: Aproximadamente 464 peças de consumíveis de solda ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184535", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184535", " Lote de bicos de corte")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184537", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184537", " Lote de expandidor Hanna ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>