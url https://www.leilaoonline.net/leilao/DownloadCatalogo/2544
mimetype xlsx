--- v0 (2025-11-15)
+++ v1 (2026-03-26)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182074", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182074", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  242 POTÊNCIA:  65 KVA ANO:  2009 MARCA / MOD:  SOTREQ MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182075", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182075", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  366 POTÊNCIA:  65 KVA ANO:  2013 MARCA / MOD:  SOTREQ MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182076", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182076", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  240 POTÊNCIA:  65 KVA ANO:  2009 MARCA / MOD:  SOTREQ MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182077", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182077", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  241 POTÊNCIA:  65 KVA ANO:  2009 MARCA / MOD:  SOTREQ MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182078", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182078", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  168 POTÊNCIA:  75 KVA ANO:  2007 MARCA / MOD:  MAQUIGERAL MOTOR:  INTERNACIONAL SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182079", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182079", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  169 POTÊNCIA:  75 KVA ANO:  2007 MARCA / MOD:  MAQUIGERAL MOTOR:  INTERNACIONAL SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182081", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182081", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  220 POTÊNCIA:  84 KVA ANO:  2008 MARCA / MOD:  MAQUIGERAL MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182082", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182082", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  269 POTÊNCIA:  100 KVA ANO:  2010 MARCA / MOD:  SOTREQ MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182080", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182080", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  193 POTÊNCIA:  110 KVA ANO:  2008 MARCA / MOD:  MAQUIGERAL MOTOR:  INTERNACIONAL SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182083", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182083", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  77 POTÊNCIA:  440 KVA ANO:  1999 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182084", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182084", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  87 POTÊNCIA:  440 KVA ANO:  1999 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182087", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182087", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  88 POTÊNCIA:  440 KVA ANO:  1999 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182085", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182085", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  108 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL MOTOR:  CUMMINGS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182086", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182086", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  102 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL MOTOR:  CUMMINGS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182088", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182088", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  104 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182089", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182089", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  109 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182090", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182090", " GRUPO GERADOR DIESEL.  N. IDENTIFICAÇÃO:  233 POTÊNCIA:  500 KVA ANO:  2009 MARCA / MOD:  MAQUIGERAL MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>