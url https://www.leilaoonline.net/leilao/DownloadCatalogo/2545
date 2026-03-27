--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182116", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182116", "FIAT PALIO WEEKEND 1.6 16V; 2002/2003; PRETA; GASOLINA - FROTA 995 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182104", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182104", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182548", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182548", "veja o vídeo!! VW/FUSCA 1200; 1966/1966; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182105", "050")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182105", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182101", "055")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182101", "VW/PASSAT LS; 1975/1975; MARROM; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182100", "056")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182100", "veja o vídeo!! VW/PASSAT FLASH; 1987/1987; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182109", "065")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182109", "veja o vídeo!! GM/BONANZA CUSTOM S; 1993/1993; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182107", "070")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182107", "PEUGEOT/206 14 PRESEN FX; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182108", "071")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182108", "PEUGEOT/207PASSION XS A; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182103", "080")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182103", "veja o vídeo!! GM/CORSA CLASSIC; 2003/2003; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182102", "090")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182102", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182110", "095")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182110", "veja o vídeo!! VW/GOL CL; 1989/1989; BRANCA; ALCOOL - FUNCIONANDO - TURBO LEGALIZADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182106", "096")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182106", "VW/GOL CL 1.8; 1994/1994; VERDE; GASOLINA; MOTOR AP - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>