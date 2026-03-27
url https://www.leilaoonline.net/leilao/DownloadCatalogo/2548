--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182510", "140")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182510", " CAMINHÃO VOLKSWAGEN 17.280 4X2 4P, ANO 2013/2013, BRANCO.(VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182499", "141")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182499", " CAMINHÃO VOLKSWAGEN. 17.250 E, ANO 2011/2011, BRANCO. (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182495", "142")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182495", " CAMINHÃO VOLKSWAGEN. 17.250 E, ANO 2011/2012, BRANCO - SEM CAMBIO / MOTOR DANIFICADO -  (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182498", "143")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182498", " CAMINHÃO FORD, F600, ANO 1976/1976, AZUL. - COLOCAR BATERIA  / LIGAR EQUIPAMENTO -(VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182557", "145")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182557", " REBOQUE FACCHINI, ANO 1996/1997; BRANCO.- LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182496", "146")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182496", "PRENSA ENFARDADEIRA - NR 12 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182505", "147")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182505", "PRENSA ENFARDADEIRA - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182511", "148")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182511", "PRENSA ENFARDADEIRA - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182512", "149")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182512", "PRENSA ENFARDADEIRA -NR 12 - MODELO 400 - ANO FABR 2022 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182504", "150")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182504", "PRENSA ENFARDADEIRA - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182502", "151")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182502", "PRENSA ENFARDADEIRA - NR 12 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182501", "152")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182501", "PRENSA ENFARDADEIRA - NR12 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182509", "153")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182509", "PRENSA ENFARDADEIRA - MODELO: PFV-15t - ANO FABR. 2012 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182514", "154")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182514", "PRENSA ENFARDADEIRA - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182513", "155")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182513", "PRENSA ENFARDADEIRA - MODELO : PFV-20t - ANO FABR. 2008 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182500", "156")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182500", "PRENSA ENFARDADEIRA - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182506", "157")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182506", "PRENSA ENFARDADEIRA - NR 12 - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182507", "158")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182507", " COMPACTADOR FACCHINI 19M³, ANO 2016 . - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182508", "159")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182508", " COMPACTADOR FACCHINI 19M³, ANO 2014 . - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182503", "190")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/182503", " CAMINHÃO MERCEDES BENZ 1414, ANO 1996/1997, BRANCO. (VENDA SEM IMPLEMENTO) - LOC. MOGI DAS CRUZES/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>