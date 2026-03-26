--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183090", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183090", "TRATOR FORD MOD. 6610 ANO 1996 - C/ CONCHA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183091", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183091", "MOTONIVELADORA  CATERPILLAR MOD. 120B ANO 1988 - BOMBA BOSCH - FREIO NAS 4 RODAS. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183092", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183092", "PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1996 - MOTOR MERCEDES 366 - SEM AR CONDICIONADO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183088", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183088", "PÁ CARREGADEIRA  CATERPILLAR MOD. 924F ANO 1996 - COM AR CONDICIONADO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183087", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183087", " PÁ CARREGADEIRA JCB MOD. 214 ANO 2002 - PARA RETIRADA DE PEÇAS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183093", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183093", "MOTOR PARA RETROESCAVADEIRA JCB (PARCIAL) ANO 2004")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>