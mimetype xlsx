--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183586", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183586", " Lote com: 10 peças de redutores de velocidade e 01 peça motoredutor sew - com freio")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183589", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183589", " Lote com: 08 bombas hidráulicas diversas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183588", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183588", " Lote com: 25 peças de pistões pneumáticos - diversos - Festo Parker")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183615", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183615", " Lote com: 02 peças redutores de velocidade - Sem Uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183591", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183591", " Lote com: Diversas tochas para máquinas de Solda Mig")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183587", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183587", " Lote com: 03 peças de moto vibradores de 1.5 Hps - 1 HP e 3 HP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183601", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183601", " Lote com: 02 peças - Bombas Auto escorvante ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183609", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183609", " Lote com: 02 peças - Sendo - 01 Troyller e 01 Talha manual - 5 Tons")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183617", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183617", " Plaina Limadora - 400 Mm Com Morsa")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183598", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183598", " Lote com: 50 peças diversas - Caixas plásticas organizadoras")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183594", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183594", " Moitão de 25 toneladas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183608", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183608", " Lote com: 01 Bombas de injeção Alta pressão em inox Sulzer - 08 estágios para poços de petróleo Modelo HP814CP - Sem uso")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183619", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183619", " Policorte com motor trifásico - 3 HP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183606", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183606", " Lote com: 03 peças bombas de tranferencia e 02 peças de bombas hidráulicas para caminhões basculantes.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183607", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183607", " Bomba Triples Alta pressão em inox e níquel - Catpump mod; 6767 - Sem Uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183593", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183593", " Bomba Desmi - 10Hp - Auto escorvante Naval - Mod SA50 - 180/4 D-9H - 180MM - Capacidade de 10m 3/h")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183618", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183618", " BOMBA SPX BRAN LUEBBE DOSADORA MOD. NOVADOS H5 - Sem uso ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183597", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183597", " Bomba Wayne Alta pressão Hidrolavadora de 6 pistões MOD HU6601")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183605", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183605", " Lote com: 08 PÇS MOTORES ELÉTRICOS DIVERSOS EM FUNCIONAMENTO - DE ½ HP , 3/4 HP, 1HP, 3 HP, 15 HP, E OUTROS TRIFÁSICOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183610", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183610", " MINI UNIDADE HIDRAÚLICA DE 0,37KW TRIFÁSICA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183604", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183604", " Lote com: 40 PÇS CAIXAS PLÁSTICAS ORGANIZADORAS DIVERSAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183614", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183614", " BI-MIX SANGATI BERGA MOD. 30- 55/180-22 25 HP - FLUXO DE 20 A 25 -TON./H (UMIDIFICADOR INTENSIVO)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183616", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183616", "REDUTOR TRANSMOTÉCNICA PARA TANQUES MISTURADORES - CAPACIDADE 20 HP REDUÇÃO - 1:25")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183603", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183603", " MOTOR ELÉTRICO (NOVO) 75 HP – 3.500 RPM – 380 VOLTS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183611", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183611", " DIVERSOS COMPONENTES ELÉTRICOS SEM USO E USADOS, PAINÉIS , DISJUNTORES CONTACTORES, CHAVES, TRANSFORMADORES ETC.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183596", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183596", " UNIDADE MOTOR SEM USO WEG 50 HP – 4 POLOS 1775 RPM W22X - PLUS 460 VOLTS – IP56- 58.3 A")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183620", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183620", " LOTE DE POLIAS E ACOPLAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183599", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183599", " MOTO ESMERIL DE 5 HP TRIFÁSICO.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183592", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183592", " ACOPLAMENTO HIDRÁULICO VOITH 274 DTRI")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183629", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183629", " MOTOR HIDRAULICO EXACT POWER PRESSÃO CONTÍNUA 250 bar - PRESSÃO DE PICO 420 bar – TORQUE MÁX. contínuo 16.342Nm com DESLOCAMENO de 4371 cm³ e 4500cm³ - MOD. P450 3 PN – vedação em viton. EIXO DE SAÍDA 5”")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183625", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183625", " Lote com: 02 PÇS VALVULAS DE ESFERAS - SEM USO - 12 X10")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183590", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183590", " Lote com: 04 PÇS VALVULAS DE ESFERA - SEM USO  - 8X6")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183622", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183622", " Lote com: 03 PÇS VALVULAS WRM 4R")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183623", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183623", "lote com : 01 PÇ VALVU02 PÇS LA FISHER 2” - VALVULAS MICROMAZZI CL 150 – 3” e 03 PÇS DE VALVULAS DE RETENÇÃO DE PISTÃO ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183595", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183595", " LOTE DE FERRAMENTAS DIVERSAS, ESMERIL, CHAVES DIVERSAS, MÁQUINAS ELÉTRICAS, ETC")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183637", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183637", " VALVULA DE GAVETA AB 350 MM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183627", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183627", " Lote com: 03 PÇS DE VALVULAS (sem uso) OMEL - VA908 NT8 DE FECHO DE BORRACHA TIPO GAVETA.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183621", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183621", " BOMBA DE VÁCUO EM INOX ANEL LÍQUIDO MARCA OMEL MOD. 230/160 -")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183600", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183600", " BOMBA VERTICAL EM INOX - MARCA GRUNDFOS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183626", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183626", " BOMBA POSITIVA EM INOX MARCA SPX WALKESHA MOD. 130 U1, CAPACIDADE TAÉ 540LTS/MIN. ENTRADA E SAÍDA DE 3” – PRESSÃO MÁX. 200 PSI")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183613", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183613", " GUINCHO HIDRAÚLICO/PLANETÁRIO PARA GUINDASTES , ARRASTES, E EMBARCAÇÕES MARCA BRADEN EM PERFEITO FUNCIONAMENTO MOD. 20 TONELADAS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183632", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183632", " MOTOR HIDRAÚLICO STAFFA MOD. HMC 325 EIXO ESTRIADO 88MM")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183638", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183638", " REDUTOR ANGULADO 10 HP REDUÇÃO 1:2")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183633", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183633", " Lote com: 02 PÇS FREIOS ELETROMAGNÉTICOS DE DISCO PARA EMERGÊNCIAS, PARA GUINDASTES, PONTES ROLANTES, PÓRTICOS , GUINCHOS, ETC.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183639", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183639", " UNIDADE DE REDUTOR FLENDER EIXOS MÚLTIPLOS PARALELOS PARA LAMINADORES")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183602", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183602", " MOTOR HIDRAÚLICO REXROTH CALZONI – MOD. 500P4 - PRESSÃO CONTÍNUA 250 bar – PRESSÃO DE PICO 420 bar – TORQUE MÁX. contínuo 16.342Nm com DESLOCAMENO de 4371 cm³ e 4500cm³/ver. - eixo de saída 5”.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183612", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183612", " 02 PÇS FREIOS ELETROMAGNÉTICOS DE DISCO PARA EMERGÊNCIAS, PARA GUINDASTES, PONTES ROLANTES, PÓRTICOS , GUINCHOS ETC.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183634", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183634", " Cadeira de Rodas Scooter Elétrica Motorizada Ottobock Scott até 136kg - Sem uso , na embalagem")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183630", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183630", " GUINCHO DE ARRASTE NAVAL 20 TONS. EQUIPADO COM SISTEMAS DE FREIO ELETROMAGNÉTICO NO MOTOR ELÉTRICO DE 25 HP E FREIO DE EMERGÊNCIA MANUAL, COM MOLINETE DE RECOLHIMENTO(CAPSTAN) PESO APROXIMADO DE 8.000 KGS.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183635", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183635", " UNIDADE DE REDUTOR FLENDER EIXOS MÚLTIPLOS PARALELOS PARA LAMINADORES")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183624", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183624", " BOMBA TIPO PARA FUSO - PARA PRODUTOS QUIMICOS E PASTOSOS , RESINAS, MASSAS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183636", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183636", " MOTOR HIDRAÚLICO REXROTH CALZONI – MOD. 500P4 - PRESSÃO CONTÍNUA 250 bar – PRESSÃO DE PICO 420 bar – TORQUE MÁX. contínuo 16.342Nm com DESLOCAMENO de 4371 cm³ e 4500cm³/ver. - eixo de saída 5”. 16.342Nm com DESLOCAMENO de 4371 cm³ e 4500cm³/ver. - eixo de saída 5”.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183631", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183631", " Lote com: 30 PÇS DE CAIXAS PLÁSTICAS ORGANIZADORAS DIVERSAS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...1566 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183628", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183628", " Lote com: 12 CAIXAS COM VÁRIAS UNIDADES BACKING CONCAVE 6 ESAB")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>