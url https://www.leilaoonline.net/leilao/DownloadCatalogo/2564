--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183853", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183853", "CHEVROLET/S10 LS DD4; 4X4; CABINE DUPLA; 2019/2020; COR FANTASIA; DIESEL - FUNCIONANDO - PLACA FINAL 177")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183840", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183840", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>116.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183844", "027")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183844", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183839", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183839", "veja o vídeo!! I/VW JETTA AF; 2019/2019; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183842", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183842", "CHEVROLET/S10 LS DD4; 4X4; CABINE DUPLA; 2019/2020; COR FANTASIA; DIESEL - FUNCIONANDO - PLACA FINAL 977")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>83.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183841", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183841", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO - APROX. 43.900KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184318", "041")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184318", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184290", "043")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184290", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183843", "045")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183843", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184298", "046")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184298", "veja o vídeo!! FIAT/STRADA HD WK CE E; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183993", "047")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183993", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183838", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183838", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183854", "055")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183854", "CHEVROLET/S10 LS DD4; 4X4; CABINE DUPLA; 2016/2017; DIESEL - FUNCIONANDO - PLACA FINAL 029")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184317", "057")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184317", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183837", "060")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183837", "veja o vídeo!! FIAT/FIORINO FLEX; 2011/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184291", "061")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184291", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184288", "063")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184288", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183846", "065")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183846", "veja o vídeo!! GM/BLAZER ADVANTAGE; 2007/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183845", "070")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183845", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183852", "100")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183852", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>104.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183851", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183851", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183850", "110")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183850", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>117.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183849", "111")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183849", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183847", "112")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183847", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...627 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183848", "113")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183848", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>