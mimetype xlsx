--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1979 +269,1735 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184004", "035")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184004", "FORD/JEEP WILLYS CJ5 - 6CC; 1965/1965; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183999", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183999", "CAMINHÃO VW/16.220; 1993/1993; BRANCA; DIESEL; MOTOR CUMMINS; CÂMBIO 6 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183996", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183996", "CAMINHÃO M. BENZ/L 1618; 1995/1995; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183997", "047")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183997", "CAMINHÃO M. BENZ/L 1313; 1974/1974; VERMELHA; DIESEL; DIREÇÃO HIDRÁULICA; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184000", "048")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184000", "CAMINHÃO M. BENZ/L 1113; 1976/1976; AMARELA; DIESEL; TURBINADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184506", "049")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184506", "CAMINHÃO M. BENZ/L 1113; 1981/1981; BRANCA; DIESEL; DIREÇÃO HIDRÁULICA; CARROCERIA 10M - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185768", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185768", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184001", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184001", "CAMINHÃO FORD/F4000; 1984/1984; AMARELA; DIESEL; MOTOR MWM226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184002", "061")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184002", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183998", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183998", "CAMINHONETE GM/S10 2.8 D; 2002/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184504", "067")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184504", "CAMINHÃO GM/CHEVROLET D40; 1986/1986; BEGE; DIESEL; DIREÇÃO HIDRÁULICA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183994", "100")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183994", "veja o vídeo!! TRATOR NEW HOLLAND TS 110CV 4X4; ANO 2012")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183995", "101")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183995", "EMPILHADEIRA CLARK; ANO INDEFINIDO; MOTOR À DIESEL; CAPACIDADE 7 TONELADAS; TORRE DE 4 METROS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184003", "103")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184003", "MOTONIVELADORA HUBER WARCO FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184005", "105")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184005", "veja o vídeo!! PÁ CARREGADEIRA; CATERPILLAR 930; ANO 1985; FREIO A DISCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184503", "106")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184503", "PÁ CARREGADEIRA W7; ANO INDEFINIDO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184016", "109")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184016", "TRATOR MASSEY FERGUSSON 35X (MOTOR 4 CILINDROS)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...84 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184009", "110")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184009", "TRATOR MASSEY FERGUSON 50X; ANO 1970 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184505", "111")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184505", "TRATOR MASSEY FERGUSON 65X; ANO 1972; EIXO QUADRADO; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184007", "112")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184007", "VALMET KD112; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184008", "113")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184008", "TRATOR FORD 4610; ANO 1989 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184006", "121")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184006", "TRATOR MASSEY FERGUSON 65X; ANO 73; CANELA QUADRADA; 3 MARCHAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184010", "125")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184010", "veja o vídeo!! TRATOR MASSEY FERGUSON 65 X; ANO 71; CANELA REDONDA; 3 MARCHAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184011", "160")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184011", "LANCHA (INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184819", "161")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184819", "JOGO DE BANCO DE MICRO-ÔNIBUS;  23 ASSENTOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184013", "163")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184013", "LOTE COM 4 IMPLEMENTOS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184508", "164")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184508", "MOTOR 366 TURBINADO; COM PLAQUETA E CAPA SECA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184509", "165")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184509", "MOTOR MERCURY 25")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184012", "166")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184012", "LOTE COM 4 EXAUSTORES CENTRIFUGO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184015", "168")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184015", "ROÇADEIRA; MARCA SANTA ISABEL; 1,70M DE CORTE; GIRO LIVRE; REGULAGEM DE ALTURA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184014", "169")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184014", "ADUBADEIRA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184017", "170")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184017", "GRADE ARADORA DE BOI; 12 DISCOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184512", "171")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184512", "GRADE ARADORA DE ARRASTO BALDAN; 20 DISCOS; MANCAIS; ROLAMENTO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184019", "180")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184019", "ARADO AIVECA; MARCA IKEDA; 3 HASTES COM DESARME DE MOLA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184020", "181")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184020", "ARADO TATU; 3 HASTES FIXAS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184021", "182")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184021", "ARADO MASCHIETTO; 3 HASTES FIXAS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184030", "183")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184030", "BOMBA DE IRRIGAÇÃO DE 15CV")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184018", "185")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184018", "ADUBADEIRA TATU; 4 LINHAS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184022", "186")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184022", "PICADEIRA DE CANA; COM ESTEIRA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184023", "187")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184023", "CALCAREADEIRA DE 2 RODAS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184024", "189")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184024", "ENSILADEIRA MENTA; ANO 2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...57 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184025", "190")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184025", "ROÇADEIRA AGR.; ANO 2001")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184027", "191")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184027", "SUBSOLADOR 9 HASTES DE CONTROLE REMOTO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184026", "192")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184026", "JOGO DE RODAS COM PNEUS FORD; 6 FUROS; 265X65XR17")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184028", "193")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184028", "TANQUE 2000L; MARCA FMC")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184029", "194")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184029", "BATEDEIRA DE CEREAIS; MARCA MIAC CM3RA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184031", "197")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184031", "BAÚ PARA CARGA VIVA - COMPRIMENTO 6.45, ALTURA 2.40, LARGURA 2.50")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184036", "198")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184036", "MUNCK MOTOCANA (NO ESTADO)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...153 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184041", "199")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184041", "CARRETA 4 RODAS PARA TRATOR")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184502", "200")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184502", "CARROCERIA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184035", "201")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184035", "SAID; 4M DE COMP.; 2,20 DE LARG.; 2,30 DE ALT.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184510", "202")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184510", "LOTE COM SOMENTE A CAÇAMBA TOCO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184511", "203")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184511", "CAÇAMBA TRUCK")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...153 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184033", "204")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184033", "SAIDER (MEDIDAS: 6,60M DE COMPRIMENTO, 2,60 DE LARGURA; 2,90 DE ALTURA); ASSOALHO CHAPA DE FERRO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...57 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184032", "205")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184032", "CARRETA PARA TRATOR")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184034", "206")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184034", "CARRETA PARA PLANTIO DE CANA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184037", "207")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184037", "CARROCERIA PARA CAMINHÃO; MERCEDES BENZ; 7,30 METROS DE COMPRIMENTO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...57 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184038", "208")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184038", "CONTAINER MARÍTIMO DE 6 METROS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...25 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184039", "209")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184039", "CARROÇA COM FREIO E ARREIO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...89 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184040", "210")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184040", "BAÚ PARA CAMINHÃO 3/4 (COMPRIMENTO 4.20; LARGURA 2.30; ALTURA 2.10)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...1086 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184507", "211")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184507", "BAÚ (MEDIDAS NAS ESPECIFICAÇÕES)")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>