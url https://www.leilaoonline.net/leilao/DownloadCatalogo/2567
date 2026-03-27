--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,2363 +269,2071 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185513", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185513", " LOTE COM :  32 TONELADAS DE SUC SLITER ATE 50MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185514", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185514", " LOTE COM :  28 TONELADAS DE SUC SLITER ATE 50MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185518", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185518", " LOTE COM :  28 TONELADAS DE SUC SLITER ATE 50MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185515", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185515", " LOTE COM :  22 TONELADAS DE SUC SLITER ACIMA 300MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185516", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185516", " LOTE COM :  21 TONELADAS DE SUC SLITER ATE 100MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185519", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185519", " LOTE COM :  25 TONELADAS DE SUC SLITER ATE 100MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185517", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185517", " LOTE COM :  31 TONELADAS DE SUC SLITER ATE 200MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185523", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185523", " LOTE COM :  19 TONELADAS DE SUC SLITER ATE 300MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185522", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185522", " LOTE COM :  3 TONELADAS DE SUC TIRAS RETALHOS MENOR ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185520", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185520", " LOTE COM :  13 TONELADAS DE SUC TIRAS ATE 300MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185521", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185521", " LOTE COM :  16 TONELADAS DE SUC TIRAS ATE 200MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185524", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185524", " LOTE COM :  12 TONELADAS DE SUC TIRAS ATE 100MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185525", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185525", " LOTE COM :  10 TONELADAS DE SUC TIRAS ATE 50MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185528", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185528", " LOTE COM :  3 TONELADAS DE SUC CHAPA MONTADORA ATE 2 ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185526", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185526", " LOTE COM :  2 TONELADAS DE SUC CHAPA ABERTA DURA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185527", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185527", " LOTE COM :  30 TONELADAS DE TIRAS - PA DE 50 MM ATÉ 400MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185529", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185529", " LOTE COM :  16 TONELADAS DE TIRAS - PA DE 50 MM ATÉ 400MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185530", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185530", " LOTE COM :  13 TONELADAS DE SLITER - PA  ACIMA 300MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185533", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185533", " LOTE COM :  28 TONELADAS DE SLITER - PA  ATE 200MM - ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185531", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185531", " LOTE COM :  17 TONELADAS DE SUC RETALHO DE ARRUELA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185532", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185532", " LOTE COM :  23 TONELADAS DE SUC RETALHO DE ARRUELA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185535", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185535", " LOTE COM :  10 TONELADAS DE SUC RETALHO DE ARRUELA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185536", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185536", " LOTE COM :  13 TONELADAS DE SUC RETALHO DE ARRUELA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185534", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185534", " LOTE COM :  58 TONELADAS DE TIRAS - PA DE 50 MM ATÉ 400MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185539", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185539", " LOTE COM :  78 TONELADAS DE SUC BOBINA PONTA E CAPA ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185537", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185537", " LOTE COM :  14 TONELADAS DE SUC SLITER ATE 200MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185540", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185540", " LOTE COM :  6 TONELADAS DE SUC SLITER ATE 50MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185538", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185538", " LOTE COM :  15 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185541", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185541", " LOTE COM :  14 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185544", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185544", " LOTE COM :  9 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185543", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185543", " LOTE COM :  10 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185542", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185542", " LOTE COM :  7 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185547", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185547", " LOTE COM :  8 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185545", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185545", " LOTE COM :  11 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185546", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185546", " LOTE COM :  7 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185548", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185548", " LOTE COM :  10 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185552", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185552", " LOTE COM :  17 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185551", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185551", " LOTE COM :  45 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185549", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185549", " LOTE COM :  47 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185550", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185550", " LOTE COM :  20 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185553", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185553", " LOTE COM :  24 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185554", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185554", " LOTE COM :  25 TONELADAS DE SUC RETALHO DE OXICORTE ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185557", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185557", " LOTE COM :  26 TONELADAS DE SUC SLITER ATE 100MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185559", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185559", " LOTE COM :  22 TONELADAS DE SUC SLITER ATE 100MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185555", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185555", " LOTE COM :  34 TONELADAS DE SUC SLITER ATE 200MM ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185556", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185556", " LOTE COM :  228 TONELADAS DE BOBINAS DIVERSAS ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185560", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185560", " LOTE COM :  52 TONELADAS DE SUC SLITER ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185558", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185558", " LOTE COM :  44 TONELADAS DE SUC SLITER ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185564", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185564", " LOTE COM :  49 TONELADAS DE SUC SLITER ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185561", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185561", " LOTE COM :  56 TONELADAS DE SUC SLITER ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185562", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185562", " LOTE COM :  32 TONELADAS DE VERGALHOES MAIOR PARTE 3/8 ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2,80</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185565", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185565", " LOTE COM :  50 TONELADAS DE VIGA "U" 6 METROS ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3,20</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185563", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185563", " LOTE COM :  42 TONELADAS DE VIGA "U" 6 METROS ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3,20</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185567", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185567", " LOTE COM :  50 TONELADAS DE VIGA "U" 6 METROS ( PREÇO POR QUILO ).  NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3,20</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185569", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185569", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 01 ANO:  2005 Maquina totalmente reformada, sem a garra.NO ESTADO EM QUE SE ENCONTRA.  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185566", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185566", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 02 ANO:  2005 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185568", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185568", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 03 ANO:  2005 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185570", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185570", " ESCAVADEIRA HIDRÁULICA LIEBHERR 944; FROTA: 04 ANO:  2005 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185571", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185571", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 05 ANO:  2011 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185572", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185572", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 06 ANO:  2007 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185575", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185575", " ESCAVADEIRA HIDRÁULICA LIEBHERR 924; FROTA: 09 ANO:  2013 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185573", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185573", " ESCAVADEIRA HIDRÁULICA HYUNDAI 160; FROTA: 01 ANO:  2008 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185574", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185574", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 02 ANO:  2007 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185578", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185578", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 03 ANO:  2007 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185576", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185576", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 06 ANO:  2007 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185580", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185580", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 08 ANO:  2003 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185581", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185581", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 11 ANO:  2008 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185577", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185577", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 12 ANO:  2006 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185582", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185582", " ESCAVADEIRA HIDRÁULICA CAT 320; FROTA: 13 ANO:  2012 NO ESTADO EM QUE SE ENCONTRA  Descrição detalhada na SÍNTESE ANEXO., ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185579", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185579", " NO CHASSI  - SEM EQUIPAMENTO -  CAMINHÃO M. BENZ/AXOR 2533; ANO/MOD: 2011/2012; BRANCA; DIESEL; PL.: AUQ-7678; CH: 9BM958254CB825978; RENAVAM: 379801817 NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185585", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185585", " NO CHASSI  - SEM EQUIPAMENTO -   CAMINHÃO FORD/CARGO 2429L; ANO/MOD: 2014; BRANCA; DIESEL; PL.: AYP0D61; CH: 9BFYEALE2EBL71972; RENAVAM: 1105107334 NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185583", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185583", " NO CHASSI  - SEM EQUIPAMENTO -   CAMINHÃO FORD/CARGO 2429L; ANO/MOD: 2014; BRANCA; DIESEL; PL.: AYP0D57; CH: 9BFYEALE5EBL60920; RENAVAM: 1105106427 NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185584", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185584", "  NO CHASSI  - SEM EQUIPAMENTO -  CAMINHÃO M. BENZ/AXOR 2533; ANO/MOD: 2010; BRANCA; DIESEL; PL.: ASM-9356; CH: 9BM958254AB703564; RENAVAM: 204946131 NO ESTADO EM QUE SE ENCONTRA ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>