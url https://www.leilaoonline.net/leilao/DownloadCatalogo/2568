--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184552", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184552", "veja o vídeo!! I/NISSAN FRONTIER LE X4; 2021/2022; AZUL; DIESEL - FUNCIONANDO - APROX. 19.100KM - FIPE: R$ 236.207,00")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183988", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183988", "CAMINHONETE NISSAN/FRONTIER 4X4 XE; 2005/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>32.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184336", "027")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184336", "FORD/CORCEL II L; 1980/1980; VERMELHA; GASOLINA  - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183978", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183978", "veja o vídeo!! HYUNDAI/HB20S 1.6M COMF; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>28.785,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184553", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184553", "HYUNDAI/CRETA 16A ACTION; 2022/2022; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 6.500KM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183986", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183986", "veja o vídeo!! TOYOTA/COROLLA XEI20FLEX; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183989", "041")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183989", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184513", "043")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184513", "veja o vídeo!! VW/QUANTUM; 2000/2000; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183974", "045")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183974", "CHEV/SPIN 1.8L AT LTZ; 2017/2018; CINZA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183973", "050")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183973", "veja o vídeo!! VW/FUSCA 1200; 1966/1966; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184514", "051")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184514", "veja o vídeo!! VW/FUSCA 1500; 1974/1974; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184289", "053")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184289", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>37.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183971", "055")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183971", "veja o vídeo!! GM/CORSA CLASSIC; 2003/2003; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183990", "057")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183990", "HONDA/CIVIC LXS FLEX; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183969", "060")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183969", "HONDA/FIT LX FLEX; 2013/2014; PRATA, ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183975", "063")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183975", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183968", "065")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183968", "VW/GOL 1.6L AF5; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183977", "066")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183977", "veja o vídeo!! VW/GOL 1.0 PLUS; 2001/2002; BRANCA; ALCOOL - FUNCIONANDO - 8 VÁLVULAS À ALCOOL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184287", "068")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184287", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183967", "070")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183967", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183979", "080")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183979", "veja o vídeo!! FORD/ECOSPORT XLT2.0FLEX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183980", "081")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183980", "veja o vídeo!! FORD/ECOSPORT XLT; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184501", "082")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184501", "FORD/ECOSPORT XLS 1.6L; 2003/2004; PRATA; GASOLINA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184286", "087")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184286", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183982", "090")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183982", "veja o vídeo!! NISSAN/VERSA 10; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183991", "095")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183991", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183984", "100")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183984", "veja o vídeo!! I/VW SPACEFOX SPORT.GII; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183976", "105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183976", "veja o vídeo!! FIAT/PUNTO ATTRACTIVE; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...47 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183983", "110")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183983", "veja o vídeo!! TRIUMPH/TIGER SPORT; 2017/2017; PRATA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...356 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...57 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183985", "112")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183985", "veja o vídeo!! DAFRA/CITYCOM 300I; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183992", "120")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183992", "NISSAN/GRAND LIVINA 18SL; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>13.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183987", "125")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/183987", "veja o vídeo!! FORD/ESCORT L; 1993/1994; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>