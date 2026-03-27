--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185019", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185019", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185021", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185021", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185024", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185024", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185022", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185022", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185049", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185049", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185036", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185036", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185045", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185045", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185026", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185026", " TANQUE DE AÇO INOX 200 Litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185037", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185037", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185023", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185023", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185028", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185028", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185058", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185058", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185027", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185027", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185033", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185033", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185050", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185050", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185067", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185067", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185034", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185034", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185076", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185076", " Lote com: 2 unidades : TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185065", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185065", " Lote com: 5 unidades - TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185057", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185057", " Lote com: 5 unidades - TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185048", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185048", " Lote com: 5 unidades - TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185040", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185040", " Lote com: 5 unidades - TANQUES DE AÇO INOX 200 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.255 mm x Altura 500mmx largura 400mm e medidor de nível.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185029", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185029", " TANQUE DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185056", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185056", " TANQUE DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185063", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185063", " TANQUE DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185041", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185041", " TANQUE DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185030", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185030", " Lote com: 02 TANQUES DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185059", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185059", " Lote com: 02 TANQUES DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185051", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185051", " Lote com: 02 TANQUES DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185047", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185047", " Lote com: 02 TANQUES DE AÇO INOX 1000 litros - chapa 3mm de espessura-inclui conexão de entrada  1 1/2" e saida com válvula esfera em inox de passagem plena com engate rápido de 1/2 "Medidas : comprimento de 1.250 mm x Altura 1.030mmx largura 800mm e medidor de nível.")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185054", "101")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185054", " FIAT/PALIO WEEKEND ADVENTURE FLEX 1.8 - ANO 2011/2012 - COR BRANCA, 132CV")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185053", "201")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185053", "Iveco Eurocargo  17.210 - 2005 - Guincho Branco extra pesado motor com 60 mil km -  6 pneus novos nada pra fazer Guincho lança - Lança 2005")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185039", "301")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185039", " FORD/CARGO 4030 2000 - Diesel - Eixos 2 - Tração - Tanque 12 mil litros  - consta mecan.operacional no documento")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185060", "302")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185060", " Caminhão VW 17.250 E  ano 2010 - Tanque de 12 mil litros ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185031", "401")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185031", " Lote com: 08 unid. MÁQUINAS DE SOLDA AVORTEC MODELO BX1 -450 ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185070", "402")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185070", " Lote com: 13 unid. MAQUINAS RONGYI DE SOLDA BC-630 - Sem uso.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185073", "403")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185073", " Lote com: 08 unid. ALIMENTADORES DE ARAME MARCA RONGYI ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185074", "404")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185074", " CAÇAMBA SATELITE FACHINNI 01 -")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185062", "405")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185062", " CAÇAMBA SATELITE FACHINNI 01 -")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185052", "406")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185052", "Caminhão MB AXOR 1933 S 2008/2009 ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185046", "407")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185046", " CEGONHA 03 EIXOS - sem documento ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185032", "408")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185032", " COMPACTADOR DE LIXO 1722 ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185064", "409")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185064", " COMPACTADOR DE LIXO LIMEL TOCO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185055", "410")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185055", " COMPACTADOR PLANALTO - ACELLO TOCO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185066", "411")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185066", " COMPACTADOR PLANALTO TOCO ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185018", "412")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185018", " COMPACTADOR PLANALTO TRUCK ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185042", "413")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185042", " COMPACTADOR TRUCK USIMECA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185044", "414")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185044", " IMPLEMENTO GAIOLA CEGONHA - 05 VEÍCULOS - Sem documento")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185025", "415")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185025", " FORD CARGO 1832 E 2010/2011 - MELOSA -  RECÉM REFORMADO  - OPERACIONAL - EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>225.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185035", "416")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185035", " MINI PÁ CARREGADEIRA SKIL  - MOTOR FUNCIONANDO, EQUIPAMENTO COMPLETO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185020", "417")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185020", " PLATAFORMA CEGONHA KABI 0 GRAU - EQUIPAMENTO 100%  - OPERACIONAL, EM FUNCIONAMENTO - Sem documento.")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185038", "418")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185038", " PLATAFORMA GUINCHO DESLIZANTE -  ANO 2012  METALURGICA MC - NECESSITA DE PEQUENOS  REPAROS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185068", "419")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185068", " PLATAFORMA - FALTA CILINDROS E COMANDOS HIDRAULICOS -POSSUI APENAS A ESTRUTURA EM AÇO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185071", "420")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185071", " SCANIA JACARÉ 1969 - REFORMADO RECENTEMENTE - FUNCIONANDO, MECANICO OPERACIONAL - GUINCHO 45T COM TORRE EXTENSIVA MECANICA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185072", "421")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185072", " VIBROACABADORA - MARCA CATERPILLAR - FUNCIONANDO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>315.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185069", "422")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185069", "CAMINHÃO VW 25.370 T 6x2 2009 - EM BOM ESTADO - NECESSITA DE PEQUENOS REPAROS NA PARTE ELETRICA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185061", "501")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185061", " Lote com: Aprox. 6.500 kg de papel maculatura -Sem uso - papelão cor parda. feito de papelão reciclado. com laudo técnico de fabricação. medidas : 180 gramas x 7,50. x 1.000. ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185075", "601")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185075", " Balão Intra aórtico")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185043", "701")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185043", " Cordoalha de arame galvanizado - Aproximadamente 5.500 kg")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>