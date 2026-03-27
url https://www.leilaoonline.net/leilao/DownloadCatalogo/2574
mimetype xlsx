--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,4283 +269,3751 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184400", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184400", "[ VÍDEO ] LANCHA 19 PÉS (5,66 METROS) ANO 1990- MOD. CASCO VENTURA. EQUIPADO COM FISH FINDER- RADIO COM BLUETOOTH / SALVATAGEM COMPLETA / TRIM/BOMBA DE PORÃO / 2 BATERIAS / COLETES / SOM / ANCORA / PINTURA BOA. CARRETA INCLUSA. MOTOR INCLUSO (200 HP)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184421", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184421", " JET SKI SEADOO ANO 2007 (HOMOLOGADO NA MARINHA EM 2010 GTI 155/ COM CARRETINHA DE TRANSPORTE)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184388", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184388", "Toyota Hilux CD SR XA 4 FD Ano 2015/2016 - Diesel")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184390", "1003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184390", "LAND ROVER / DISCOVERY 4S BITURBO  ANO 2013 -DIESEL 3.0  - FUNCIONANDO / 7 LUGARES / PNEUS SEMI NOVOS / REVISÃO NOV. 2022 / 110.000 KM APROX. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184416", "1004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184416", " Veiculo – Volks – modelo – Variant – Ano 1973 – Colecionador – funcionando ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184551", "1005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184551", "[ VÍDEOS ] I / LAND ROVER DEFENDER 110S 2.4 - ANO 2008/2009 - DIESEL - AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184473", "1007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184473", "CHEVROLET CHEVETTE ANO 1990 (DOCUMENTOS EM ORDEM) EM FUNCIONAMENTO  RELÍQUIA PARA COLECIONADORES.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184462", "1008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184462", "FORD / F1000 SS ANO 1990/1990  - DIESEL -CARROCERIA ABERTA- MOTOR/CÂMBIO REVISADO/EMBREGEM NOVA/ PNEIS XBRI 295/16 - ORIGINAL")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184474", "1009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184474", "GM CELTA 2P LIFE ANO 2006/2007 - BRANCA - FLEX")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186981", "1010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186981", "[ VÍDEO ] HONDA HR-V. PRETA. APROX. 108 mil Km. FLEX ANO 2016")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184374", "1011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184374", "[ VÍDEO ] CITRÖEN C4 20GLXA5P F . FLEX. ANO 2010/11")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184454", "1012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184454", " Nissan Frontier S. 4x4. Diesel. Ano 2014")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184455", "1013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184455", " Moto Honda NX 200. Ano 1999")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184459", "1014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184459", " F 4000 COM CARROCERIA DE MADEIRA. ANO 1986")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184460", "1015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184460", "FORD PAMPA L ANO 1988 MOTOR CHT 1.6 ÁLCOOL")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184463", "1016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184463", "FORD RURAL WILLYS GASOLINA E GNV. ANO 1966")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184467", "1017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184467", " FIAT / STRADA WORKING ANO 2013/2014 - BRANCA - FLEX ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184464", "1018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184464", " GM / CELTA 2P LIFE ANO 2010/2010 - PRATA - FLEX")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184469", "1019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184469", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184401", "2002")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184401", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184415", "2003")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184415", " Caminhão Volks – modelo – 17280 – Ano 2015/2016 – automático – com aprox. 285.000 Kms – motor funcionando")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184439", "2004")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184439", "CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. CAMINHÂO NO CHASSI. EQUIPAMENTO NÂO INCLUSO.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184440", "2005")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184440", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184375", "2008")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184375", " MERCEDES BENZ / L1513 ANO 1971/1971")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184457", "2009")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184457", " CAVALO 6X2 VOLVO FH 380-6X2. ANO 2004")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184456", "2010")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184456", " CAVALO 4X2 VOLVO NL12-360-4X2 ANO 1995. COM CARRETA BASCULANTE TECTRAN 3 EIXOS DE 30M³ ANO 1995")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184477", "2011")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184477", "VW 12.170  BT ANO 1999/1999 - BRANCA - DIESEL - TOCO -no chassi")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184479", "3000")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184479", "PÁ CARREGADEIRA KOMATSU  MOD.WA-380 /209 - ano 2009 - SEM TORQUE - COM MOTOR CUMMINS ELETRÔNICO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>108.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184376", "3001")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184376", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184393", "3002")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184393", "Pá Carregadeira New Holland. Mod. 130 B. Ano 2018. Motor e transmissão desinstalados mas acompanham o lote")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>215.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184407", "3003")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184407", "Pá Carregadeira Caterpillar mod. 924H ano 2012. Aprox. 10.700 horas (cabine original)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>267.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184411", "3004")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184411", "ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 312 DL ANO 2014 - APROX. 6.000 HRS.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184413", "3005")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184413", "ESCAVADEIRA CATERPILLAR MOD. 315 ANO 2007")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184433", "3006")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184433", "PÁ CARREGADEIRA SDLG MOD. LG936L ANO 2006")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>240.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184438", "3007")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184438", "[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>399.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184382", "3008")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184382", " TRATOR DEUTZ DM ANO 1963 -CILINDROS REFRIGERADOS A AR (ORIGINAL)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184425", "3009")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184425", "VALETADEIRA IMAP 3500")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184394", "3010")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184394", "Empilhadeira marca Maximal – capac. 4,5 Ton – Ano 2014 – toda revisada. Operacional")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184392", "3011")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184392", " Calandra hidráulica de grande capacidade. Medidas: esp. 1.1/2” x 2.500 mm. Reformada. Em bom estado.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184397", "3012")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184397", "TRATOR AGRÍCOLA VOLVO 350")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184478", "3013")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184478", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU  MOD. WA-320   ANO 2007")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184427", "3014")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184427", " TRATOR MASSEY FERGUSON MOD.65R ANO 1908 COM IMPLEMENTO EMPILHADEIRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184497", "3015")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184497", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO CLARCK DANA 22.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184495", "3016")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184495", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 55C ARTICULADA TRANSMISSÃO 18.000 - ANO APROX. 1995. BATERIA NOVA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184494", "3017")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184494", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B -TRANSMISSÃO 28.000 - ANO APROX. 1990. BATERIA NOVA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184496", "3019")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184496", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR MOD. D4E EMBREAGEM ANO 1988 - INJEÇÃO DIRETA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184486", "4001")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184486", " Manipulador telescópico marca Faresin altura de trabalho 17 metros. Necessita revisão elétrica")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184420", "4002")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184420", " Munck – modelo – 20.000 – com 02 Lanças hidráulicas e 02 Manuais")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184384", "4003")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184384", "Guindaste auto propelido, marca PPM 23 Toneladas, motor Deusts 6cc, 24 mts lança. Ano 87. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184383", "4004")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184383", "Guindaste marca Bantam modelo S628, 18 toneladas, ano 1985, lança 22 mts, motor Cummins, e lança Aux Gibi 4 mts. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184414", "4005")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184414", "GUINDASTE CLARCK MOD. 720 ANO 1986 - 20 TON. - MOTOR MERCEDES BENZ 352")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184471", "5000")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184471", "PULVERIZADOR STARA MOD. FÊNIX 3000 - ANO 2008")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184369", "5001")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184369", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184370", "5002")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184370", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184371", "5003")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184371", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184428", "5004")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184428", " GRADE ARADORA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184429", "5005")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184429", " PULVERIZADOR JACTO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184445", "5006")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184445", "SUBSOLADOR CIVEMASA P/ 7 HASTES -POTENCIA REQUERIDA 250CV OU MAIS ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184402", "5007")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184402", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184430", "5008")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184430", "ARADO 3 BACIAS ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184432", "5009")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184432", "PULVERIZADOR JACTO MOD. AJ 401 ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184447", "5011")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184447", " Adubador de disco 1250H e Sulcador 3 PTS Hidraulico. Marca DMB. Ano 2016")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184446", "5012")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184446", " Super Cultivador e Sulcador São Francisco com motor hidraulico. Marca DMB. Ano 2006")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184453", "5013")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184453", " Cobridor de Cana com rolo Compactador. Marca DMB")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184451", "5014")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184451", " Quebra Lombo com Tanque para aplicação de herbicida. Marca DMB")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184448", "5015")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184448", " Plaina Hidra Nível Reversível Starplan 5.000 Rodado 14.9-24 Star A. Marca Stara. Ano 2011")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184452", "5016")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184452", " Pulverizador Jacto 800 litros. Marca Jacto")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184472", "5017")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184472", "[ VÍDEO ] VAGÃO DISTRIBUIDOR DE CALCÁRIO TIPO NEVOEIRO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184480", "5018")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184480", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184481", "5019")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184481", "SUCATA PLANTADEIRA SLC JOHN DEERE")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184493", "5020")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184493", "SUCATA PEÇAS PLANTADEIRA JUMIL")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184468", "5021")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184468", " [ LANCES POR KG ] APROX. 7 TON. DE SUPORTES DE FERRO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184395", "6001")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184395", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184491", "6002")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184491", " Plataforma elevatória marca Genie diesel 4x4 Ano 2008. Ótimo estado. Revisada")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184492", "6003")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184492", " Calandra Hidráulica. Ótimo estado")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184485", "6004")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184485", " Plataforma elevatória marca Sinoboom. Altura de trabalho 12 metros. Elétrica com baterias. Bom estado. Ano 2013")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184373", "6005")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184373", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184372", "6006")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184372", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184386", "6007")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184386", "Baú 16 pallets Niju Ano 2010. Reformado pintura nova")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184387", "6008")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184387", "Capó para MB 1620 com para lama esquerdo")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184379", "6009")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184379", " 01 CAPÔ SCANIA 112 -BRANCA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184377", "6010")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184377", " CARRETINHA (3,5 METROS COMPRIMENTO)s/documento")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184380", "6011")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184380", " QUINTA RODA P/ CAMINHÃO CANAVIEIRO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184381", "6012")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184381", " LOTE DE VIDROS/COM JANELAS DIVERSOS")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184389", "6014")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184389", "GRADE ARADORA CIVEMASA CANAVIEIRA 20X34 " X 370MM  ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184378", "6015")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184378", " CARCAÇA DIFERENCIAL SCANIA 9114 - ANO 2014")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184399", "6016")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184399", "[ VÍDEOS ] COLADEIRA DE BORDA AUTOMÁTICA RAZI ano 2012 - 4 grupo (COLA, DESTOPA, REFILA E POLI) - funcionando")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184409", "6018")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184409", " Aprox. 20 Rolamentos industriais (8 un.6322 c3, 5 un. 6319 c3 e outros)")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184408", "6019")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184408", " Aprox. 27 unidades de Bobinas 24V")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184410", "6020")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184410", " Lote com itens diversos - Policorte, ferramentas diversas, balança e outros")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184419", "6021")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184419", "  Tanque em fibra vidro – capacidade 15.000 Litros – marca Unifibra")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184423", "6022")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184423", "MOTOR M/ BENZ 352A - 20 HRS DE USO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184424", "6023")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184424", "02 EIXOS CLARCK DIRECIONAL COMPLETO COM RODAS / PNEUS (4 RODAS E 4 PNEUS)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184475", "6024")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184475", "COMPRESSOR PARAFUSO SCHULTZ 4030")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184412", "6025")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184412", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184431", "6026")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184431", "SILO VICOM")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184404", "6028")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184404", " 02  tanques de caminhão")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184405", "6029")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184405", " Bancada de teste Wabco")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184406", "6030")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184406", " Maquina de rebitar freio")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184436", "6032")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184436", "01 bicicleta cargueira")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184437", "6033")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184437", "1 Compressor")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184434", "6034")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184434", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184435", "6035")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184435", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184444", "6036")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184444", "CONJUNTO 4 PÇS - PROTETOR DE CULTURA PARA AUTOPROPELIDO JACTO UNIPORT 2030 - (SEM USO)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184441", "6037")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184441", "Máquina de Pintura de guias e meio-fio. 2.500 Litros. Semi-nova. Reformada.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184422", "6038")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184422", "TORQUE CLARCK 28.000 MODELO COM CONVERSOR ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184443", "6039")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184443", "[ VÍDEO ] Carrinho Lotucar Completo. Reformado e reforçado")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184442", "6040")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184442", "[ VÍDEO ] 50 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184450", "6041")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184450", " Tanque Coral 2.000 litros com Bomba Andrade Masp 51. Marcas Jacto/Andrade. Ano 2010")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184398", "6042")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184398", " Torno horizontal Wroctaw")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184449", "6043")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184449", " Carreta tanque 4.000 Litros com 4 Rodas")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184458", "6044")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184458", " DIFERENCIAL VOLVO FH 400 ANO 2010")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184461", "6045")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184461", "TANQUE DE AÇO CARBONO CAPACIDADE 60.000 LITROS - COM ESCADA MARINHEIRO")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184466", "6046")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184466", " 01 gerador 20KVA")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184476", "6047")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184476", "PLACA MAGNETICA - 300 X 600 ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184470", "6048")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184470", "EIXO COM DIFERENCIAL TRASEIRO PARA MB.")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184396", "6049")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184396", " Furadeira radial  Rocco modelo R-35")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184483", "6051")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184483", " Talha elétrica marca Vastec capacidade 10 Ton")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184490", "6052")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184490", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184484", "6053")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184484", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184487", "6054")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184487", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184488", "6055")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184488", " Tanque em fibra vinhaça capacidade 30.000 litros marca Edra em ótimo estado ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184482", "6056")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184482", " Container 12 metros em ótimo estado")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184489", "6058")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184489", " Plasma para corte de chapas marca Eutectic Power Max 20. Ótimo estado")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184499", "6059")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184499", "[ VÍDEO] 04 PNEUS 1.400 X 20 MARCA ADVANCED - SEMI-NOVOS. SENDO 2 BORRACHUDOS E 2 DESENHO LISOS")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184385", "7001")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184385", " Semi Reboque Prancha Carreta Carrega Tudo, marca Randon , 60 Toneladas, ano 1981 sem pneus , Pneumática, com rampa, aceita Dolly, 12 mts reta, aceita colocação instalação de locks para containers")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184417", "7002")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184417", " Semi Reboque – Sider – marca Facchini – Ano 2017 – 02 eixos – assoalho de chapa – comprimento 15 metros ")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184418", "7003")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184418", " Semi Reboque – Sider – marca Facchini – Ano 2017 – 02 eixos – assoalho de chapa – comprimento 15 metros")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184465", "7004")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184465", " 01 Caçamba Facchini para caminhão Toco - com pistão e bomba")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186860", "7005")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186860", "CAÇAMBA PARA TRUCK COM PISTÕES E BOMBA")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184426", "7008")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184426", " CARRETA 4 RODAS PARA TRATOR MASSEY FERGUSON")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184403", "7009")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184403", " Reboque Ano 1995. Marca Lençois RRTC")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184391", "7014")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184391", "CARRETA REBOQUE BAÚ ANO 2022 (SEM  USO)")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>