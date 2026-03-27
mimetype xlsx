--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184723", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184723", "MMC/L200 OUTDOOR; 2008/2009; PRETA; DIESEL - FUNCIONANDO - APROX. 43.900KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184717", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184717", "veja o vídeo!! CHEVROLET/S10 HC DD4A; 2018/2018; BRANCA; DIESEL - FUNC. - FIPE R$ 185.652,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>113.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184729", "027")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184729", "CHEVROLET/S10 LS DD4; 4X4; CABINE DUPLA; 2019/2020; COR FANTASIA; DIESEL - FUNCIONANDO - PLACA FINAL 977")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185251", "029")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185251", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184711", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184711", "veja o vídeo!! I/VW JETTA AF; 2019/2019; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184792", "035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184792", "veja o vídeo!! FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184746", "041")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184746", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185224", "044")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185224", "veja o vídeo!! FIAT/STRADA HD WK CE E; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184732", "045")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184732", "veja o vídeo!! FIAT/STRADA WORKING CE; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184845", "047")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184845", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185252", "049")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185252", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184707", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184707", "VW AMAROK CD 4X4 HIG; 2012/2013; CABINE DUPLA - FUNCIONANDO - PLACA FINAL 38")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184741", "055")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184741", "CHEVROLET/S10 LS DD4; 4X4; CABINE DUPLA; 2016/2017; DIESEL - FUNCIONANDO - PLACA FINAL 029")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184743", "057")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184743", "CHEVROLET/CRUZE LT NB; 2012/2012; ALCO./GASOL./GNV - FUNCIONANDO - PLACA FINAL A20")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184785", "065")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184785", "veja o vídeo!! GM/BLAZER ADVANTAGE; 2007/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184784", "070")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184784", "veja o vídeo!! IMP/GM SILVERADO; 1997/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185606", "085")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185606", "FIAT/DUCATO MAXICARGO; 2006/2007; AMARELA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185607", "086")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185607", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184791", "100")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184791", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184790", "105")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184790", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184789", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184789", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184788", "111")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184788", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...287 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184786", "112")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184786", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...164 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184787", "113")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/184787", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>