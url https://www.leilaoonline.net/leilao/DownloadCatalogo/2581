--- v0 (2025-12-22)
+++ v1 (2026-03-27)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185787", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185787", "veja o vídeo!! I/VW AMAROK V6 HIGH AC4; 2019/2019; CINZA; DIESEL - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>98.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185842", "023")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185842", "veja o vídeo!! I/CHEVROLET CAMARO 2SS; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185231", "025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185231", "HONDA/CIVIC EXL CVT; 2020/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185889", "027")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185889", "veja o vídeo!! JEEP/COMPASS LIMITED TD; 2021/2022; BRANCA; DIESEL - FUNCIONANDO - IPVA 2023 OK - APROX. 13.600KM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>108.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185237", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185237", "veja o vídeo!! VW/T CROSS HL TSI AE; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>63.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185238", "031")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185238", "veja o vídeo!! VW/T CROSS TSI ADA; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 19.100KM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185786", "033")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185786", "veja o vídeo!! CHEV/TRACKER T A LTZ; 2022/2023; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 2.800KM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>76.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185250", "035")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185250", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185850", "037")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185850", "veja o vídeo!! CHEV/PRISMA 1.4AT LTZ; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 66.415,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185226", "040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185226", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185227", "045")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185227", "veja o vídeo!! JEEP/COMPASS LONGITUDE F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185233", "050")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185233", "veja o vídeo!! TOYOTA/COROLLA ALTISFLEX; 2014/2015; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - FIPE: R$ 85.926,00")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186129", "051")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/186129", "TOYOTA/COROLLA XEI20FLEX; 2010/2011; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185249", "055")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185249", "veja o vídeo!! HONDA/HR-V EXL CVT; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 118.084,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185246", "056")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185246", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2023 OK - APROX. 34.400KM - FIPE R$ 113.669,00")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185247", "057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185247", "veja o vídeo!! HONDA/HR-V EXL CVT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - FIPE: R$ 92.919,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>54.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185228", "060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185228", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185244", "065")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185244", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>40.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185242", "066")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185242", "veja o vídeo!! CHEV/ONIX JOY; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185254", "067")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185254", "veja o vídeo!! CHEV/ONIX JOY BLACK; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 17.600KM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185236", "070")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185236", "veja o vídeo!! HYUNDAI/HB20S 16A VISION; 2019/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185248", "071")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185248", "veja o vídeo!! HYUNDAI/HB20S 1.6M COMF; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>37.778,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185240", "075")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185240", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK - APROX. 21.500KM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185245", "076")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185245", "veja o vídeo!! HONDA/FIT EXL CVT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185239", "077")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185239", "veja o vídeo!! HONDA/FIT EX CVT; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...15 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185241", "078")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185241", "veja o vídeo!! HONDA/FIT LX FLEX; 2010/2010; PRETA; ALCO./GASOL.  - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185232", "085")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185232", "veja o vídeo!!HONDA/CITY EX CVT; 2021/2021; BRANCA; ALCO./GASOL.  - FUNCIONANDO - IPVA 2023 OK - FIPE: R$94.194,00")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185230", "086")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185230", "veja o vídeo!! HONDA/CITY PERSONAL; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185848", "087")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185848", "veja o vídeo!! HONDA/CITY EX CVT; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>