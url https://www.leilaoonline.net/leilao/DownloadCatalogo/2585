--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185763", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185763", " CAMINHÃO MERCEDES BENZ 1215C ANO  2000 - COR BRANCA - C/ EQUIPAMENTO ROLLOFF /PLATA FORMA PRANCHA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185742", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185742", " Cabine suplementar marca Gascom 2 portas")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185764", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185764", " RETROESCAVADEIRA JCB MOD.214E ANO 2002 - 4X2 - MOTOR NOVO - FREIO REVISADO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185761", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185761", "CAMINHÃO VW / 5.140 E  DELIVERY ANO 2010/2010 -  CARROCERIA ABERTA - BRANCA - DIESEL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185762", "019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185762", "KIA / K2700 STD ANO 2000/2001 - BRANCA - DIESEL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185765", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185765", " PÁ CARREGADEIRA MICHIGAN MOD.75III- ANO 1979 - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185766", "021")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185766", " TANQUE PIPA GASCOM - 15.000 LITROS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185746", "022")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185746", " Varredeira Marca Ausa ano 2012 /2.290 hrs/motor funcionando")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185745", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185745", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185744", "024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185744", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185750", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185750", "EMPILHADEIRA CLARK C300 CAPAC. 2,5 TON ANO 1990 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185751", "034")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185751", "EMPILHADEIRA TOYOTA  FG60 CAPAC. 3  TON  ANO 1990")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185752", "035")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185752", "[ VÍDEO ] EMPILHADEIRA YALE GP50 2,5 TON ANO 2003")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185753", "036")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185753", "EMPILHADEIRA DAEWOO  2,5 TON ANO 1998 - TORRE TRIPLEX (FALTA BOMBA DA TRANSMISSÃO E BOMBA DO HIDRÁULICO)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185747", "042")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185747", "LOTE CONTENDO: 1 TORNO C/ BANCADA, 1 MANDRIL E FERRAMENTAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185748", "044")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185748", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185749", "045")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185749", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2013")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185741", "049")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185741", " Carroceria borracheira Gascom. Ano 2014")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187132", "050")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187132", " CARROCERRIA CESTO AÉREO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187128", "051")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187128", " CARROCERRIA CESTO AÉREO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187129", "052")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187129", " COMPACTADOR DE LIXO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187131", "054")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/187131", " CARROCERRIA CESTO AÉREO PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185754", "101")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185754", " Aprox. 81 unidades de balde espremedor novo e seminovo")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185758", "102")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185758", " 27 enceradeiras 350 mm semi novas")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185757", "103")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185757", " 8 Roçadeiras usadas marcas diversas")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185759", "104")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185759", " Aprox. 49 enceradeiras 350 mm semi novas")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185755", "105")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185755", " Aprox. 42 aspiradores diversos seminovos")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185756", "106")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185756", " Aprox. 41 enceradeiras 350mm e 450mm semi novas")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185760", "107")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185760", " Aprox. 35 lavadoras de alta pressão semi novas")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185739", "108")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185739", " 2 para-choques Trator New Holland TL 75")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185738", "109")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185738", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185740", "110")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185740", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185743", "111")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185743", " Carroceria-Oficina com armários. Marca Gascom")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>