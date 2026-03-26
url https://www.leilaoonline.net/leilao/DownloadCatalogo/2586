--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185598", "10000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185598", " TRATOR PNEU MÉDIO FARMALL 110, ANO 2012, FR02007047 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185593", "10001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185593", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003134 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185586", "10002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185586", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003119 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185601", "10003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185601", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003153 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185589", "10004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185589", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003124 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185591", "10005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185591", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003126 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>137.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185602", "10006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185602", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003150 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185588", "10007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185588", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003121 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185600", "10008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185600", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003157 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185594", "10009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185594", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003149 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185592", "10010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185592", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003141 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>153.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185595", "10011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185595", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003131 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185587", "10012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185587", " TRATOR PNEUS SUPER PESADO PUMA 225, ANO 2013, FR02003122 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185596", "10013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185596", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003145 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185599", "10014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185599", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003156 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185590", "10021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185590", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2013, FR02003140 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185603", "10022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185603", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2014, FR02003169 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>186.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185597", "10023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/185597", " TRATOR PNEUS SUPER PESADO PUMA 205, ANO 2014, FR02003160 - LOC. IVINHEMA/ MS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>146.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>